--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -1152,51 +1152,51 @@
   </sheetPr>
   <dimension ref="A1:W45"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="22.280273" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="30.563965" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="77.695313" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
-    <col min="17" max="17" width="10.568848" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
@@ -1291,54 +1291,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>94.09</v>
       </c>
       <c r="Q3" s="4">
-        <v>93.19</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.04</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -2093,54 +2093,54 @@
       <c r="I17" s="13" t="s">
         <v>80</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>81</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P17" s="4">
         <v>1704.7</v>
       </c>
       <c r="Q17" s="4">
-        <v>1206.59</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>70.78</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>70</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2211,54 +2211,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>94</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>95</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>96</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>98</v>
       </c>
       <c r="P19" s="4">
         <v>7.09</v>
       </c>
       <c r="Q19" s="4">
-        <v>4.21</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>59.38</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2272,54 +2272,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>100</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>101</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>96</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>102</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>103</v>
       </c>
       <c r="P20" s="4">
         <v>3.52</v>
       </c>
       <c r="Q20" s="4">
-        <v>3.5</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>99.35</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2333,54 +2333,54 @@
       <c r="I21" s="13" t="s">
         <v>105</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>106</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>107</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>108</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>109</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>110</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>111</v>
       </c>
       <c r="P21" s="4">
         <v>11.01</v>
       </c>
       <c r="Q21" s="4">
-        <v>9.48</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>86.11</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>78</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2394,54 +2394,54 @@
       <c r="I22" s="13" t="s">
         <v>80</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>81</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>113</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>114</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>115</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>116</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>117</v>
       </c>
       <c r="P22" s="4">
         <v>23.95</v>
       </c>
       <c r="Q22" s="4">
-        <v>16.82</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>70.23</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>80</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2455,54 +2455,54 @@
       <c r="I23" s="13" t="s">
         <v>119</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>120</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>121</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>122</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>123</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>124</v>
       </c>
       <c r="P23" s="4">
         <v>20.45</v>
       </c>
       <c r="Q23" s="4">
-        <v>19.85</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>97.08</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>100</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2516,54 +2516,54 @@
       <c r="I24" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>126</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>127</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>90</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>128</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>129</v>
       </c>
       <c r="P24" s="4">
         <v>28.76</v>
       </c>
       <c r="Q24" s="4">
-        <v>21.95</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>76.31</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>90</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2577,54 +2577,54 @@
       <c r="I25" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>131</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>132</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>90</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>133</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>134</v>
       </c>
       <c r="P25" s="4">
         <v>27.22</v>
       </c>
       <c r="Q25" s="4">
-        <v>26.18</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>96.17</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>100</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2638,54 +2638,54 @@
       <c r="I26" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>136</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>137</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>138</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>139</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>140</v>
       </c>
       <c r="P26" s="4">
         <v>94.06</v>
       </c>
       <c r="Q26" s="4">
-        <v>93.98</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>99.92</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>100</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2699,54 +2699,54 @@
       <c r="I27" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>142</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>143</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>144</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>145</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>129</v>
       </c>
       <c r="P27" s="4">
         <v>12.72</v>
       </c>
       <c r="Q27" s="4">
-        <v>12.23</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>96.18</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>100</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2760,54 +2760,54 @@
       <c r="I28" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>147</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>148</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>90</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>133</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>124</v>
       </c>
       <c r="P28" s="4">
         <v>18.67</v>
       </c>
       <c r="Q28" s="4">
-        <v>18.18</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>97.37</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>100</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2821,54 +2821,54 @@
       <c r="I29" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>150</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>151</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>152</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>153</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>154</v>
       </c>
       <c r="P29" s="4">
         <v>20.3</v>
       </c>
       <c r="Q29" s="4">
-        <v>17.53</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>86.38</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>100</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2882,54 +2882,54 @@
       <c r="I30" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>156</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>157</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>158</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>138</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>128</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>159</v>
       </c>
       <c r="P30" s="4">
         <v>9.9</v>
       </c>
       <c r="Q30" s="4">
-        <v>9.86</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>99.61</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>100</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -2943,54 +2943,54 @@
       <c r="I31" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>161</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>162</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>163</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>164</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>140</v>
       </c>
       <c r="P31" s="4">
         <v>96.16</v>
       </c>
       <c r="Q31" s="4">
-        <v>96.16</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>100</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -3403,54 +3403,54 @@
       <c r="I39" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J39" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>196</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>197</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>198</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>199</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>200</v>
       </c>
       <c r="P39" s="4">
         <v>35005.02</v>
       </c>
       <c r="Q39" s="4">
-        <v>10971.46</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>31.34</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>25</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
@@ -3464,54 +3464,54 @@
       <c r="I40" s="13" t="s">
         <v>105</v>
       </c>
       <c r="J40" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>202</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>203</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>204</v>
       </c>
       <c r="N40" s="4" t="s">
         <v>205</v>
       </c>
       <c r="O40" s="4" t="s">
         <v>206</v>
       </c>
       <c r="P40" s="4">
         <v>39.04</v>
       </c>
       <c r="Q40" s="4">
-        <v>23.76</v>
+        <v>0</v>
       </c>
       <c r="R40" s="4">
-        <v>60.85</v>
+        <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>100</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3" t="s">
         <v>78</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
@@ -3708,88 +3708,88 @@
       <c r="I44" s="13" t="s">
         <v>105</v>
       </c>
       <c r="J44" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>223</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>224</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>225</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>226</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>227</v>
       </c>
       <c r="P44" s="4">
         <v>31.21</v>
       </c>
       <c r="Q44" s="4">
-        <v>29.86</v>
+        <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>95.69</v>
+        <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>100</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="7" t="s">
         <v>228</v>
       </c>
       <c r="B45" s="7"/>
       <c r="C45" s="7"/>
       <c r="D45" s="7"/>
       <c r="E45" s="11"/>
       <c r="F45" s="7"/>
       <c r="G45" s="7"/>
       <c r="H45" s="14"/>
       <c r="I45" s="14"/>
       <c r="J45" s="14"/>
       <c r="K45" s="8"/>
       <c r="L45" s="8"/>
       <c r="M45" s="8"/>
       <c r="N45" s="8"/>
       <c r="O45" s="8">
         <v>44372.05</v>
       </c>
       <c r="P45" s="8">
-        <v>12674.8</v>
+        <v>0</v>
       </c>
       <c r="Q45" s="8">
-        <v>28.56</v>
+        <v>0</v>
       </c>
       <c r="R45" s="8"/>
       <c r="S45" s="8"/>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A45:N45"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>