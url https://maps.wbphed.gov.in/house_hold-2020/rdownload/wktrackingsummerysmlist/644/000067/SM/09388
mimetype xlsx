--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="150">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -396,50 +396,113 @@
     <t>ORD/000064/2022-2023</t>
   </si>
   <si>
     <t>1111/RCDI</t>
   </si>
   <si>
     <t>13/05/2022</t>
   </si>
   <si>
     <t>12/06/2022</t>
   </si>
   <si>
     <t>R B ENTERPRISE</t>
   </si>
   <si>
     <t>Emergency basis construction of culvert near Kalyaneswari I.B. gate under Retrofitting Bahula mouza W/S Scheme under RCFA Division-I PHE Dte. (Sl No. 17)</t>
   </si>
   <si>
     <t>ORD/000069/2022-2023</t>
   </si>
   <si>
     <t>1116/RCDI</t>
   </si>
   <si>
     <t>27/06/2022</t>
+  </si>
+  <si>
+    <t>Continuation work order for Probable Office expenditure of office of the Executive Engineer to meet up day to day various office &amp; site expenses under RCFA Div-I PHE Dte (w.e.f 01.02.2023 to 31.07.2023)</t>
+  </si>
+  <si>
+    <t>ORD/000969/2022-2023</t>
+  </si>
+  <si>
+    <t>3439/RCD-I</t>
+  </si>
+  <si>
+    <t>30/12/2022</t>
+  </si>
+  <si>
+    <t>30/06/2023</t>
+  </si>
+  <si>
+    <t>M/S KALYANI ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Supply of Computer and accessories for Office use under RCFA Division-I PHE Dte. District - Paschim Bardhaman</t>
+  </si>
+  <si>
+    <t>ORD/000309/2023-2024</t>
+  </si>
+  <si>
+    <t>2040/RCD-I</t>
+  </si>
+  <si>
+    <t>07/07/2023</t>
+  </si>
+  <si>
+    <t>Acceptance cum work order Cleaning compound premises of Ballavpur Hospital &amp; Unionpara Head Works Site under RCFA Part-II W/S Scheme under RCFA Div-I PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000330/2023-2024</t>
+  </si>
+  <si>
+    <t>2452/RCD-I</t>
+  </si>
+  <si>
+    <t>02/09/2023</t>
+  </si>
+  <si>
+    <t>SWATI CORPORATION</t>
+  </si>
+  <si>
+    <t>Emergent sinking of one no 200 X 165 mm dia rig bore tube well at ESI Hospital, Asansole, Paschim Bardhaman under RCFA Division-I PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000441/2023-2024</t>
+  </si>
+  <si>
+    <t>Camp-2-ESI-Hospital-AE-II</t>
+  </si>
+  <si>
+    <t>27/09/2023</t>
+  </si>
+  <si>
+    <t>30/09/2023</t>
+  </si>
+  <si>
+    <t>M/S CHANDI CHARAN ROY</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -828,73 +891,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W25"/>
+  <dimension ref="A1:W29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="13.996582" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="30.563965" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="24.708252" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="26.993408" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
@@ -991,54 +1054,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>81.14</v>
       </c>
       <c r="Q3" s="4">
-        <v>61.82</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>76.18</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1052,54 +1115,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="P4" s="4">
         <v>81</v>
       </c>
       <c r="Q4" s="4">
-        <v>59.89</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>73.94</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1113,54 +1176,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P5" s="4">
         <v>1.8</v>
       </c>
       <c r="Q5" s="4">
-        <v>0.79</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>44.12</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1174,54 +1237,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P6" s="4">
         <v>3.23</v>
       </c>
       <c r="Q6" s="4">
-        <v>3.23</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>99.99</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1235,54 +1298,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P7" s="4">
         <v>1.81</v>
       </c>
       <c r="Q7" s="4">
-        <v>1.81</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>99.99</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1921,54 +1984,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>104</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>106</v>
       </c>
       <c r="P19" s="4">
         <v>2.5</v>
       </c>
       <c r="Q19" s="4">
-        <v>2.49</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>99.59</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>0</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -1982,54 +2045,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>108</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>109</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>110</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>111</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P20" s="4">
         <v>0.9</v>
       </c>
       <c r="Q20" s="4">
-        <v>0.3</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>33.33</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>80</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2043,54 +2106,54 @@
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>113</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>114</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>104</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>106</v>
       </c>
       <c r="P21" s="4">
         <v>2.72</v>
       </c>
       <c r="Q21" s="4">
-        <v>2.59</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>95.28</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>0</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2104,54 +2167,54 @@
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>116</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>117</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>104</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>106</v>
       </c>
       <c r="P22" s="4">
         <v>3.61</v>
       </c>
       <c r="Q22" s="4">
-        <v>3.48</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>96.53</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>0</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2165,54 +2228,54 @@
       <c r="I23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>119</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>120</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>121</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>122</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>123</v>
       </c>
       <c r="P23" s="4">
         <v>4.7</v>
       </c>
       <c r="Q23" s="4">
-        <v>4.47</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>95.16</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>100</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2226,101 +2289,345 @@
       <c r="I24" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>125</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>126</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>121</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>127</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>123</v>
       </c>
       <c r="P24" s="4">
         <v>4.93</v>
       </c>
       <c r="Q24" s="4">
-        <v>4.92</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>99.74</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>100</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
-      <c r="A25" s="7" t="s">
+      <c r="A25" s="3">
+        <v>23</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C25" s="3"/>
+      <c r="D25" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E25" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H25" s="13" t="s">
         <v>128</v>
       </c>
-      <c r="B25" s="7"/>
-[...22 lines deleted...]
-      <c r="S25" s="8"/>
+      <c r="I25" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J25" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K25" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="L25" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="M25" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="N25" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="O25" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="P25" s="4">
+        <v>4.51</v>
+      </c>
+      <c r="Q25" s="4">
+        <v>0</v>
+      </c>
+      <c r="R25" s="4">
+        <v>0</v>
+      </c>
+      <c r="S25" s="4">
+        <v>100</v>
+      </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
+    <row r="26" spans="1:23">
+      <c r="A26" s="3">
+        <v>24</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C26" s="3"/>
+      <c r="D26" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E26" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H26" s="13" t="s">
+        <v>134</v>
+      </c>
+      <c r="I26" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J26" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K26" s="4" t="s">
+        <v>135</v>
+      </c>
+      <c r="L26" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="M26" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="N26" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="O26" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="P26" s="4">
+        <v>0.86</v>
+      </c>
+      <c r="Q26" s="4">
+        <v>0</v>
+      </c>
+      <c r="R26" s="4">
+        <v>0</v>
+      </c>
+      <c r="S26" s="4">
+        <v>100</v>
+      </c>
+      <c r="T26" s="1"/>
+      <c r="U26" s="1"/>
+      <c r="V26" s="1"/>
+      <c r="W26" s="1"/>
+    </row>
+    <row r="27" spans="1:23">
+      <c r="A27" s="3">
+        <v>25</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C27" s="3"/>
+      <c r="D27" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E27" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H27" s="13" t="s">
+        <v>138</v>
+      </c>
+      <c r="I27" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J27" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K27" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="L27" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="M27" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="N27" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="O27" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="P27" s="4">
+        <v>0.97</v>
+      </c>
+      <c r="Q27" s="4">
+        <v>0</v>
+      </c>
+      <c r="R27" s="4">
+        <v>0</v>
+      </c>
+      <c r="S27" s="4">
+        <v>100</v>
+      </c>
+      <c r="T27" s="1"/>
+      <c r="U27" s="1"/>
+      <c r="V27" s="1"/>
+      <c r="W27" s="1"/>
+    </row>
+    <row r="28" spans="1:23">
+      <c r="A28" s="3">
+        <v>26</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C28" s="3"/>
+      <c r="D28" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E28" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H28" s="13" t="s">
+        <v>143</v>
+      </c>
+      <c r="I28" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J28" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K28" s="4" t="s">
+        <v>144</v>
+      </c>
+      <c r="L28" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="M28" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="N28" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="O28" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="P28" s="4">
+        <v>7.84</v>
+      </c>
+      <c r="Q28" s="4">
+        <v>0</v>
+      </c>
+      <c r="R28" s="4">
+        <v>0</v>
+      </c>
+      <c r="S28" s="4">
+        <v>100</v>
+      </c>
+      <c r="T28" s="1"/>
+      <c r="U28" s="1"/>
+      <c r="V28" s="1"/>
+      <c r="W28" s="1"/>
+    </row>
+    <row r="29" spans="1:23">
+      <c r="A29" s="7" t="s">
+        <v>149</v>
+      </c>
+      <c r="B29" s="7"/>
+      <c r="C29" s="7"/>
+      <c r="D29" s="7"/>
+      <c r="E29" s="11"/>
+      <c r="F29" s="7"/>
+      <c r="G29" s="7"/>
+      <c r="H29" s="14"/>
+      <c r="I29" s="14"/>
+      <c r="J29" s="14"/>
+      <c r="K29" s="8"/>
+      <c r="L29" s="8"/>
+      <c r="M29" s="8"/>
+      <c r="N29" s="8"/>
+      <c r="O29" s="8">
+        <v>245.29</v>
+      </c>
+      <c r="P29" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q29" s="8">
+        <v>0</v>
+      </c>
+      <c r="R29" s="8"/>
+      <c r="S29" s="8"/>
+      <c r="T29" s="1"/>
+      <c r="U29" s="1"/>
+      <c r="V29" s="1"/>
+      <c r="W29" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A25:N25"/>
+    <mergeCell ref="A29:N29"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>