--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -141,50 +141,80 @@
     <t>ORD/000056/2023-2024</t>
   </si>
   <si>
     <t>1730/RCD-1</t>
   </si>
   <si>
     <t>MAKALI ENGINEERING CORPORATION</t>
   </si>
   <si>
     <t>Acceptance cum work order Construction of stand post on emergency basis at Rupnarayanpur, Rangamati area of Rupnarayanpur Zone under 4 Nos. retrofitting PWSS under RCFA Division-I PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000987/2022-2023</t>
   </si>
   <si>
     <t>1266/RCD-1</t>
   </si>
   <si>
     <t>27/03/2023</t>
   </si>
   <si>
     <t>11/04/2023</t>
   </si>
   <si>
     <t>B.B. CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Acceptance cum work order for Additional work for laying of 450 mm dia distribution main under Lalganj Bridge by concrete conduit and allied MS work in connection to distribution network of Zone-XI (Part-1) for Improvement of RCFA Part-I Piped Water Supply Scheme under RCFA Division-I PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000251/2023-2024</t>
+  </si>
+  <si>
+    <t>2237/RCD-1</t>
+  </si>
+  <si>
+    <t>17/07/2023</t>
+  </si>
+  <si>
+    <t>16/08/2023</t>
+  </si>
+  <si>
+    <t>R B ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Acceptance cum work order Additional work for laying &amp; pushing of 600 to 1000 mm dia RCC (NP3) Hume pipe by adopting trench less technology (e.g. Jack Pushing Method etc) and MS pipe including supply of collar and allied work at Ethora Nuni more Panchgachiya and Lalganj more in connection to rising main Part-B under Improvement of RCFA Part-I (Zone-11, Part-9) PWSS under RCFA Division-I PHE Dte</t>
+  </si>
+  <si>
+    <t>ORD/000218/2023-2024</t>
+  </si>
+  <si>
+    <t>2224/RCD-I</t>
+  </si>
+  <si>
+    <t>M/S MONDAL ENTERPRISE</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -573,51 +603,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W6"/>
+  <dimension ref="A1:W8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="19.995117" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="38.847656" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -872,87 +902,209 @@
       </c>
       <c r="N5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P5" s="4">
         <v>2.8</v>
       </c>
       <c r="Q5" s="4">
         <v>2.78</v>
       </c>
       <c r="R5" s="4">
         <v>99.62</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
-      <c r="A6" s="7" t="s">
+      <c r="A6" s="3">
+        <v>4</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C6" s="3"/>
+      <c r="D6" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E6" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H6" s="13" t="s">
         <v>43</v>
       </c>
-      <c r="B6" s="7"/>
-[...22 lines deleted...]
-      <c r="S6" s="8"/>
+      <c r="I6" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J6" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K6" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="L6" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="M6" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N6" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="O6" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="P6" s="4">
+        <v>16.06</v>
+      </c>
+      <c r="Q6" s="4">
+        <v>13.45</v>
+      </c>
+      <c r="R6" s="4">
+        <v>83.74</v>
+      </c>
+      <c r="S6" s="4">
+        <v>100</v>
+      </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
+    <row r="7" spans="1:23">
+      <c r="A7" s="3">
+        <v>5</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C7" s="3"/>
+      <c r="D7" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E7" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H7" s="13" t="s">
+        <v>49</v>
+      </c>
+      <c r="I7" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J7" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K7" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="L7" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="M7" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="N7" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="O7" s="4" t="s">
+        <v>52</v>
+      </c>
+      <c r="P7" s="4">
+        <v>30.17</v>
+      </c>
+      <c r="Q7" s="4">
+        <v>25.6</v>
+      </c>
+      <c r="R7" s="4">
+        <v>84.85</v>
+      </c>
+      <c r="S7" s="4">
+        <v>100</v>
+      </c>
+      <c r="T7" s="1"/>
+      <c r="U7" s="1"/>
+      <c r="V7" s="1"/>
+      <c r="W7" s="1"/>
+    </row>
+    <row r="8" spans="1:23">
+      <c r="A8" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B8" s="7"/>
+      <c r="C8" s="7"/>
+      <c r="D8" s="7"/>
+      <c r="E8" s="11"/>
+      <c r="F8" s="7"/>
+      <c r="G8" s="7"/>
+      <c r="H8" s="14"/>
+      <c r="I8" s="14"/>
+      <c r="J8" s="14"/>
+      <c r="K8" s="8"/>
+      <c r="L8" s="8"/>
+      <c r="M8" s="8"/>
+      <c r="N8" s="8"/>
+      <c r="O8" s="8">
+        <v>140.33</v>
+      </c>
+      <c r="P8" s="8">
+        <v>133.14</v>
+      </c>
+      <c r="Q8" s="8">
+        <v>94.87</v>
+      </c>
+      <c r="R8" s="8"/>
+      <c r="S8" s="8"/>
+      <c r="T8" s="1"/>
+      <c r="U8" s="1"/>
+      <c r="V8" s="1"/>
+      <c r="W8" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A6:N6"/>
+    <mergeCell ref="A8:N8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>