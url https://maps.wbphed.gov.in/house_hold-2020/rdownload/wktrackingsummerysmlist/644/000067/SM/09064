--- v1 (2026-01-12)
+++ v2 (2026-02-07)
@@ -766,54 +766,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>45.31</v>
       </c>
       <c r="Q3" s="4">
-        <v>45.31</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -827,54 +827,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="P4" s="4">
         <v>45.99</v>
       </c>
       <c r="Q4" s="4">
-        <v>45.99</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -888,54 +888,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P5" s="4">
         <v>2.8</v>
       </c>
       <c r="Q5" s="4">
-        <v>2.78</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>99.62</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -949,54 +949,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P6" s="4">
         <v>16.06</v>
       </c>
       <c r="Q6" s="4">
-        <v>13.45</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>83.74</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1010,88 +1010,88 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P7" s="4">
         <v>30.17</v>
       </c>
       <c r="Q7" s="4">
-        <v>25.6</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>84.85</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="7" t="s">
         <v>53</v>
       </c>
       <c r="B8" s="7"/>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
       <c r="E8" s="11"/>
       <c r="F8" s="7"/>
       <c r="G8" s="7"/>
       <c r="H8" s="14"/>
       <c r="I8" s="14"/>
       <c r="J8" s="14"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
       <c r="M8" s="8"/>
       <c r="N8" s="8"/>
       <c r="O8" s="8">
         <v>140.33</v>
       </c>
       <c r="P8" s="8">
-        <v>133.14</v>
+        <v>0</v>
       </c>
       <c r="Q8" s="8">
-        <v>94.87</v>
+        <v>0</v>
       </c>
       <c r="R8" s="8"/>
       <c r="S8" s="8"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A8:N8"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>