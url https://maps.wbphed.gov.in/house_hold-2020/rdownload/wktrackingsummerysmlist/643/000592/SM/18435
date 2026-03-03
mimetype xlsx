--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -977,54 +977,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>3.79</v>
       </c>
       <c r="Q4" s="4">
-        <v>3.5</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>92.42</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1038,54 +1038,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>18.31</v>
       </c>
       <c r="Q5" s="4">
-        <v>16.46</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>89.88</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1221,54 +1221,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P8" s="4">
         <v>4.76</v>
       </c>
       <c r="Q8" s="4">
-        <v>4.67</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>98.02</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1526,54 +1526,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P13" s="4">
         <v>1590.58</v>
       </c>
       <c r="Q13" s="4">
-        <v>193.48</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>12.16</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>40</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1926,54 +1926,54 @@
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="7" t="s">
         <v>103</v>
       </c>
       <c r="B20" s="7"/>
       <c r="C20" s="7"/>
       <c r="D20" s="7"/>
       <c r="E20" s="11"/>
       <c r="F20" s="7"/>
       <c r="G20" s="7"/>
       <c r="H20" s="14"/>
       <c r="I20" s="14"/>
       <c r="J20" s="14"/>
       <c r="K20" s="8"/>
       <c r="L20" s="8"/>
       <c r="M20" s="8"/>
       <c r="N20" s="8"/>
       <c r="O20" s="8">
         <v>1738.91</v>
       </c>
       <c r="P20" s="8">
-        <v>218.11</v>
+        <v>0</v>
       </c>
       <c r="Q20" s="8">
-        <v>12.54</v>
+        <v>0</v>
       </c>
       <c r="R20" s="8"/>
       <c r="S20" s="8"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A20:N20"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>