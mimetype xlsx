--- v0 (2025-12-13)
+++ v1 (2026-02-07)
@@ -712,51 +712,51 @@
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>75.86</v>
       </c>
       <c r="Q3" s="4">
         <v>0</v>
       </c>
       <c r="R3" s="4">
         <v>0</v>
       </c>
       <c r="S3" s="4">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B4" s="7"/>
       <c r="C4" s="7"/>
       <c r="D4" s="7"/>
       <c r="E4" s="11"/>
       <c r="F4" s="7"/>
       <c r="G4" s="7"/>
       <c r="H4" s="14"/>
       <c r="I4" s="14"/>
       <c r="J4" s="14"/>
       <c r="K4" s="8"/>
       <c r="L4" s="8"/>
       <c r="M4" s="8"/>
       <c r="N4" s="8"/>
       <c r="O4" s="8">
         <v>75.86</v>