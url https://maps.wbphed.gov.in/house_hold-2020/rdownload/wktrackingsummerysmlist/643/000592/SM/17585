--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -194,192 +194,192 @@
   <si>
     <t>08/05/2024</t>
   </si>
   <si>
     <t>BILL/01329/2023-2024</t>
   </si>
   <si>
     <t>96/JMD</t>
   </si>
   <si>
     <t>Supply of diesel and lubricants for KLR/DR/DTH-500 unit during PWSS works under JJM ( scheme code SM/17585 )</t>
   </si>
   <si>
     <t>BILL/01025/2024-2025</t>
   </si>
   <si>
     <t>357/JMD</t>
   </si>
   <si>
     <t>13/09/2024</t>
   </si>
   <si>
     <t>SURAJ SERVICE STATION</t>
   </si>
   <si>
+    <t>Central Drilling</t>
+  </si>
+  <si>
+    <t>Construction of Big Diameter Tube-Well by Deploying of Suitable Capacity Drilling Rig (Direct Rotary, Reverse Rotary, Odex Method) at Different Districts for Different Water Supply Schemes Including Procurement &amp; Installation Pumping Machinery with All Allied Accessories at the Above Constructed Tube-Wells Under JJM Program throughout the State of West Bengal. (2ed call of NIET 25 of 2022-23)</t>
+  </si>
+  <si>
+    <t>Assistant Engineer,Driller In Charge</t>
+  </si>
+  <si>
+    <t>Junior Engineer</t>
+  </si>
+  <si>
+    <t>ORD/000001/2023-2024</t>
+  </si>
+  <si>
+    <t>1415/CDD</t>
+  </si>
+  <si>
+    <t>21/09/2023</t>
+  </si>
+  <si>
+    <t>21/07/2024</t>
+  </si>
+  <si>
+    <t>JHARGRAM SPV PRIVATE LIMITED</t>
+  </si>
+  <si>
+    <t>Construction of Laying distribution pipe line under JJM with allied work for GOHAL BURA AND ITS ADJOINING MOUJAS PWSS in GOPIBALLAVPUR-I Block including supply of all labour and materials within Jhargram Sub-Division under Jhargram Division, PHE Dte. (Part-B)</t>
+  </si>
+  <si>
+    <t>ORD/000039/2023-2024</t>
+  </si>
+  <si>
+    <t>865/JHD</t>
+  </si>
+  <si>
+    <t>08/06/2023</t>
+  </si>
+  <si>
+    <t>05/09/2024</t>
+  </si>
+  <si>
+    <t>ASIS KUMAR SARANGI</t>
+  </si>
+  <si>
+    <t>Sinking of Tube Well , Pump House , 200 cum OHR, Rising main pipe line, Interconnection pipe line, Laying distribution pipe line, Installation of display Board, soil investigation under JJM with allied work for GOHAL BURA AND IT'S ADJOINING MOUJAS PWSS in GOPIBALLAVPUR-I Block including supply of all labour &amp; materials within Jhargram Sub-Division under Jhargram Division, PHE Dte. 3rd Call (Ref 1st Call eNIT_24 of 2022-23 , SL No.-1, 2nd Call eNIT_07 of 2023-24 , SL No.-3 )</t>
+  </si>
+  <si>
+    <t>ORD/000421/2023-2024</t>
+  </si>
+  <si>
+    <t>86/JHD</t>
+  </si>
+  <si>
+    <t>17/01/2024</t>
+  </si>
+  <si>
+    <t>18/12/2024</t>
+  </si>
+  <si>
+    <t>ANUSKA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Supplying and Delivery of Different dia CIDF Sluice Valve, CIDF Pipes &amp; Speci including Construction of Valve Chamber and allied works for Laying distribution of HDPE Pipe Line and Inter Connection between Tube Well and Rising main For Gohal Bura &amp; its Adjoining Mouzas PWSS in Gopiballavpur-I Block under Jhargram Division PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000200/2024-2025</t>
+  </si>
+  <si>
+    <t>2190/JHD</t>
+  </si>
+  <si>
+    <t>22/11/2024</t>
+  </si>
+  <si>
+    <t>22/12/2024</t>
+  </si>
+  <si>
+    <t>ASSOCIATED ENGINEERS &amp; TRADERS</t>
+  </si>
+  <si>
+    <t>Installation of Land Possesion Display Boards for JJM work at Different pipe water supply scheme under Chorchita, Kharbandhi GP at Gopiballavpur-II Block under jhargram Division PHE Dte. (Phase-I)</t>
+  </si>
+  <si>
+    <t>Assistant Engineer, Jhargram Sub-Division</t>
+  </si>
+  <si>
+    <t>ORD/000422/2024-2025</t>
+  </si>
+  <si>
+    <t>1031/JSD</t>
+  </si>
+  <si>
+    <t>12/11/2024</t>
+  </si>
+  <si>
+    <t>GOPAL JANA</t>
+  </si>
+  <si>
+    <t>Construction of Boundary wall and allied works at 1st. Tube well site cum Head Work Site for Proposed Pipe Water Supply Scheme of Bhila, Gohalbura and Barasol and its adjoining Mouzas , Block Gopiballavpur-I, District Jhargram {TYPE - B} te. (Total length 125 mtr,column size 250x250mm,3.00 M c/c ht.- 2.300mtr from G.L)</t>
+  </si>
+  <si>
+    <t>ORD/000299/2024-2025</t>
+  </si>
+  <si>
+    <t>313/JHD</t>
+  </si>
+  <si>
+    <t>12/02/2025</t>
+  </si>
+  <si>
+    <t>13/04/2025</t>
+  </si>
+  <si>
+    <t>Installation of Land Possesion Display Boards for JJM work at Different pipe water supply scheme under Beliabera GP at Gopiballavpur-II Block under jhargram Division PHE Dte. (Phase-I)</t>
+  </si>
+  <si>
+    <t>ORD/000421/2024-2025</t>
+  </si>
+  <si>
+    <t>1030/JSD</t>
+  </si>
+  <si>
+    <t>MANOJ KUMAR MAHATA</t>
+  </si>
+  <si>
     <t>Construction of Laying distribution pipe line under JJM with allied work for GOHAL BURA AND IT'S ADJOINING MOUJAS PWSS in GOPIBALLAVPUR-I Block including supply of all labour &amp; materials within Jhargram Sub-Division under Jhargram Division, PHE Dte. (Part-D)</t>
   </si>
   <si>
     <t>ORD/000049/2023-2024</t>
   </si>
   <si>
     <t>867/JHD</t>
   </si>
   <si>
-    <t>08/06/2023</t>
-[...43 lines deleted...]
-  <si>
     <t>Construction of Laying distribution pipe line under JJM with allied work for GOHAL BURA AND IT'S ADJOINING MOUJAS PWSS in GOPIBALLAVPUR-I Block including supply of all labour &amp; materials within Jhargram Sub-Division under Jhargram Division, PHE Dte. (Part-C)</t>
   </si>
   <si>
     <t>ORD/000046/2023-2024</t>
   </si>
   <si>
     <t>866/JHD</t>
-  </si>
-[...79 lines deleted...]
-    <t>MANOJ KUMAR MAHATA</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1315,600 +1315,600 @@
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
-        <v>22</v>
+        <v>60</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="13" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I10" s="13" t="s">
-        <v>32</v>
+        <v>62</v>
       </c>
       <c r="J10" s="13" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="K10" s="4" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="L10" s="4" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="M10" s="4" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="N10" s="4" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="O10" s="4" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="P10" s="4">
-        <v>61.58</v>
+        <v>21339.76</v>
       </c>
       <c r="Q10" s="4">
-        <v>55.5</v>
+        <v>33.34</v>
       </c>
       <c r="R10" s="4">
-        <v>90.13</v>
+        <v>0.16</v>
       </c>
       <c r="S10" s="4">
-        <v>95</v>
+        <v>11</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
-        <v>66</v>
+        <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="13" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="I11" s="13" t="s">
-        <v>68</v>
+        <v>32</v>
       </c>
       <c r="J11" s="13" t="s">
-        <v>69</v>
+        <v>33</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P11" s="4">
-        <v>21339.76</v>
+        <v>30.88</v>
       </c>
       <c r="Q11" s="4">
-        <v>33.34</v>
+        <v>26.04</v>
       </c>
       <c r="R11" s="4">
-        <v>0.16</v>
+        <v>84.34</v>
       </c>
       <c r="S11" s="4">
-        <v>11</v>
+        <v>90</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="13" t="s">
         <v>75</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M12" s="4" t="s">
-        <v>63</v>
+        <v>78</v>
       </c>
       <c r="N12" s="4" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
       <c r="O12" s="4" t="s">
-        <v>65</v>
+        <v>80</v>
       </c>
       <c r="P12" s="4">
-        <v>30.88</v>
+        <v>131.4</v>
       </c>
       <c r="Q12" s="4">
-        <v>26.04</v>
+        <v>21.9</v>
       </c>
       <c r="R12" s="4">
-        <v>84.34</v>
+        <v>16.66</v>
       </c>
       <c r="S12" s="4">
-        <v>90</v>
+        <v>70</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H13" s="13" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K13" s="4" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="L13" s="4" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="M13" s="4" t="s">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="N13" s="4" t="s">
-        <v>64</v>
+        <v>85</v>
       </c>
       <c r="O13" s="4" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="P13" s="4">
-        <v>66.32</v>
+        <v>9.46</v>
       </c>
       <c r="Q13" s="4">
-        <v>59.53</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>89.75</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
-        <v>95</v>
+        <v>45</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H14" s="13" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="I14" s="13" t="s">
-        <v>32</v>
+        <v>88</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K14" s="4" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="L14" s="4" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="M14" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="N14" s="4" t="s">
         <v>84</v>
       </c>
-      <c r="N14" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O14" s="4" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="P14" s="4">
-        <v>131.4</v>
+        <v>0.92</v>
       </c>
       <c r="Q14" s="4">
-        <v>21.9</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>16.66</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H15" s="13" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K15" s="4" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="L15" s="4" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="M15" s="4" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="N15" s="4" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="O15" s="4" t="s">
-        <v>92</v>
+        <v>80</v>
       </c>
       <c r="P15" s="4">
-        <v>9.46</v>
+        <v>43.87</v>
       </c>
       <c r="Q15" s="4">
         <v>0</v>
       </c>
       <c r="R15" s="4">
         <v>0</v>
       </c>
       <c r="S15" s="4">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H16" s="13" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="I16" s="13" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K16" s="4" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="L16" s="4" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="M16" s="4" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="N16" s="4" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="O16" s="4" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="P16" s="4">
-        <v>0.92</v>
+        <v>0.84</v>
       </c>
       <c r="Q16" s="4">
         <v>0</v>
       </c>
       <c r="R16" s="4">
         <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H17" s="13" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="I17" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K17" s="4" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="L17" s="4" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="M17" s="4" t="s">
-        <v>102</v>
+        <v>72</v>
       </c>
       <c r="N17" s="4" t="s">
-        <v>103</v>
+        <v>73</v>
       </c>
       <c r="O17" s="4" t="s">
-        <v>86</v>
+        <v>74</v>
       </c>
       <c r="P17" s="4">
-        <v>43.87</v>
+        <v>61.58</v>
       </c>
       <c r="Q17" s="4">
-        <v>0</v>
+        <v>55.5</v>
       </c>
       <c r="R17" s="4">
-        <v>0</v>
+        <v>90.13</v>
       </c>
       <c r="S17" s="4">
-        <v>0</v>
+        <v>95</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H18" s="13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I18" s="13" t="s">
-        <v>94</v>
+        <v>32</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K18" s="4" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="L18" s="4" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="M18" s="4" t="s">
-        <v>97</v>
+        <v>72</v>
       </c>
       <c r="N18" s="4" t="s">
-        <v>90</v>
+        <v>73</v>
       </c>
       <c r="O18" s="4" t="s">
-        <v>107</v>
+        <v>74</v>
       </c>
       <c r="P18" s="4">
-        <v>0.84</v>
+        <v>66.32</v>
       </c>
       <c r="Q18" s="4">
-        <v>0</v>
+        <v>59.53</v>
       </c>
       <c r="R18" s="4">
-        <v>0</v>
+        <v>89.75</v>
       </c>
       <c r="S18" s="4">
-        <v>0</v>
+        <v>95</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="7" t="s">
         <v>108</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="11"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8">
         <v>21848.73</v>