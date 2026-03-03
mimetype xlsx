--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -992,54 +992,54 @@
       <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>45.02</v>
       </c>
       <c r="Q4" s="4">
-        <v>44.09</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>97.93</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>96</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1055,54 +1055,54 @@
       <c r="I5" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P5" s="4">
         <v>64.91</v>
       </c>
       <c r="Q5" s="4">
-        <v>17.3</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>26.65</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>60</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>43</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1354,54 +1354,54 @@
       <c r="I10" s="13" t="s">
         <v>62</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>63</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P10" s="4">
         <v>21339.76</v>
       </c>
       <c r="Q10" s="4">
-        <v>33.34</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>0.16</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>11</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1417,54 +1417,54 @@
       <c r="I11" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P11" s="4">
         <v>30.88</v>
       </c>
       <c r="Q11" s="4">
-        <v>26.04</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>84.34</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>90</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1480,54 +1480,54 @@
       <c r="I12" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="P12" s="4">
         <v>131.4</v>
       </c>
       <c r="Q12" s="4">
-        <v>21.9</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>16.66</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>70</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1795,54 +1795,54 @@
       <c r="I17" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>104</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P17" s="4">
         <v>61.58</v>
       </c>
       <c r="Q17" s="4">
-        <v>55.5</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>90.13</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>95</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
@@ -1858,88 +1858,88 @@
       <c r="I18" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>74</v>
       </c>
       <c r="P18" s="4">
         <v>66.32</v>
       </c>
       <c r="Q18" s="4">
-        <v>59.53</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>89.75</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>95</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="7" t="s">
         <v>108</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="11"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8">
         <v>21848.73</v>
       </c>
       <c r="P19" s="8">
-        <v>257.7</v>
+        <v>0</v>
       </c>
       <c r="Q19" s="8">
-        <v>1.18</v>
+        <v>0</v>
       </c>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>