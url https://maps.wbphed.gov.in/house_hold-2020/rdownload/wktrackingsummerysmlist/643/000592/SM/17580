--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="151">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -254,102 +254,258 @@
   <si>
     <t>ORD/000067/2023-2024</t>
   </si>
   <si>
     <t>1237/JMD</t>
   </si>
   <si>
     <t>26/05/2023</t>
   </si>
   <si>
     <t>MAA BHABOTARINE ENTERPRISE</t>
   </si>
   <si>
     <t>Accommodate FHTC ( 499 nos) under JJM with allied work for SAFTALDIHA AND IT'S ADJOINING MOUJAS PWSS in JHARGRAM Block including supply of all labour &amp; materials within Jhargram Sub-Division under Jhargram Division, PHE Dte. (Part-1)</t>
   </si>
   <si>
     <t>ORD/000138/2023-2024</t>
   </si>
   <si>
     <t>1321/JHD</t>
   </si>
   <si>
     <t>DHUMKETU ENGINEERING PRIVATE LIMITED</t>
   </si>
   <si>
-    <t>Laying distribution pipe line under JJM with allied work for SAFTALDIHA AND IT'S ADJOINING MOUJAS PWSS in JHARGRAM Block including supply of all labour &amp; materials within Jhargram Sub-Division under Jhargram Division, PHE Dte. ( Part-A)</t>
-[...5 lines deleted...]
-    <t>1565/JHD</t>
+    <t>Field Level data validation of FHTC executed by various Agencies on the basis of pictorial data with the objective of controlling multiple entry, improving data quality in terms of absolute household by verification through electric connection or any other unique documents and making error free database in different Pipe Water Supply Scheme In different Block in the District of Jhargram under Jhargram Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000747/2023-2024</t>
+  </si>
+  <si>
+    <t>323/JHD</t>
+  </si>
+  <si>
+    <t>23/02/2024</t>
+  </si>
+  <si>
+    <t>23/05/2024</t>
+  </si>
+  <si>
+    <t>TECHVISION</t>
+  </si>
+  <si>
+    <t>Construction of boundary wall and Allied works At Saftaldiha 1st and 2nd Tube well site of public water supply schemes in Jhargram block within Jhargram District under Jhargram Division P.H.E Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000094/2025-2026</t>
+  </si>
+  <si>
+    <t>1206/JHD</t>
+  </si>
+  <si>
+    <t>29/05/2025</t>
+  </si>
+  <si>
+    <t>28/06/2025</t>
+  </si>
+  <si>
+    <t>GRAVITA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Sinking of Tube Well , Pump House , 200 cum OHR, Rising main pipe line, Interconnection pipe line, Laying distribution pipe line, Installation of display Board, soil investigation, under JJM with allied work for SAFTALDIHA AND ITS ADJOINING MOUJAS PWSS in JHARGRAM Block including supply of all labour, materials within Jhargram Sub Division under Jhargram Division, PHE Dte. (2nd Call)</t>
+  </si>
+  <si>
+    <t>ORD/000054/2023-2024</t>
+  </si>
+  <si>
+    <t>1088/JHD</t>
+  </si>
+  <si>
+    <t>14/07/2023</t>
+  </si>
+  <si>
+    <t>01/02/2025</t>
+  </si>
+  <si>
+    <t>PALCON</t>
+  </si>
+  <si>
+    <t>Accommodate FHTC ( 499 nos) under JJM with allied work for SAFTALDIHA AND IT'S ADJOINING MOUJAS PWSS in JHARGRAM Block including supply of all labour &amp; materials within Jhargram Sub-Division under Jhargram Division, PHE Dte. (Part-2)</t>
+  </si>
+  <si>
+    <t>ORD/000074/2023-2024</t>
+  </si>
+  <si>
+    <t>1111/JHD</t>
+  </si>
+  <si>
+    <t>18/07/2023</t>
+  </si>
+  <si>
+    <t>16/10/2023</t>
+  </si>
+  <si>
+    <t>A.R. ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Laying distribution pipe line under JJM with allied work for SAFTALDIHA AND IT'S ADJOINING MOUJAS PWSS in JHARGRAM Block including supply of all labour &amp; materials within Jhargram Sub-Division under Jhargram Division, PHE Dte. (Part-H)</t>
+  </si>
+  <si>
+    <t>ORD/000068/2023-2024</t>
+  </si>
+  <si>
+    <t>1098/JHD</t>
+  </si>
+  <si>
+    <t>12/10/2023</t>
+  </si>
+  <si>
+    <t>M/S GRAVITA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Accommodate FHTC ( 499 nos) under JJM with allied work for SAFTALDIHA AND IT'S ADJOINING MOUJAS PWSS in JHARGRAM Block including supply of all labour &amp; materials within Jhargram Sub-Division under Jhargram Division, PHE Dte. (Part-3)</t>
+  </si>
+  <si>
+    <t>ORD/000073/2023-2024</t>
+  </si>
+  <si>
+    <t>1110/JHD</t>
+  </si>
+  <si>
+    <t>M/S BLUE BIRD</t>
+  </si>
+  <si>
+    <t>Laying distribution pipe line under JJM with allied work for SAFTALDIHA AND ITS ADJOINING MOUJAS PWSS in JHARGRAM Block including supply of all labour, materials within Jhargram Sub Division under Jhargram Division, PHE Dte. (Part-N)</t>
+  </si>
+  <si>
+    <t>ORD/000104/2023-2024</t>
+  </si>
+  <si>
+    <t>1204/JHD</t>
+  </si>
+  <si>
+    <t>26/07/2023</t>
+  </si>
+  <si>
+    <t>24/10/2023</t>
+  </si>
+  <si>
+    <t>J.S.S. ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Laying distribution pipe line under JJM with allied work for SAFTALDIHA AND ITS ADJOINING MOUJAS PWSS in JHARGRAM Block including supply of all labour, materials within Jhargram Sub Division under Jhargram Division, PHE Dte. ( Part-D )</t>
+  </si>
+  <si>
+    <t>ORD/000106/2023-2024</t>
+  </si>
+  <si>
+    <t>ENVOTECH INFRA SOLUTION</t>
+  </si>
+  <si>
+    <t>Laying distribution pipe line under JJM with allied work for SAFTALDIHA AND ITS ADJOINING MOUJAS PWSS in JHARGRAM Block including supply of all labour, materials within Jhargram Sub Division under Jhargram Division, PHE Dte. (Part-c)</t>
+  </si>
+  <si>
+    <t>ORD/000103/2023-2024</t>
+  </si>
+  <si>
+    <t>1203/JHD</t>
+  </si>
+  <si>
+    <t>Laying distribution pipe line under JJM with allied work for SAFTALDIHA AND IT'S ADJOINING MOUJAS PWSS in JHARGRAM Block including supply of all labour &amp; materials within Jhargram Sub-Division under Jhargram Division, PHE Dte. (Part-F)</t>
+  </si>
+  <si>
+    <t>ORD/000177/2023-2024</t>
+  </si>
+  <si>
+    <t>1395/JHD</t>
+  </si>
+  <si>
+    <t>18/08/2023</t>
+  </si>
+  <si>
+    <t>16/11/2023</t>
+  </si>
+  <si>
+    <t>MAHAVIR SAMPARK PVT. LTD.</t>
+  </si>
+  <si>
+    <t>Laying distribution pipe line under JJM with allied work for SAFTALDIHA AND IT'S ADJOINING MOUJAS PWSS in JHARGRAM Block including supply of all labour &amp; materials within Jhargram Sub-Division under Jhargram Division, PHE Dte.(Part-K)</t>
+  </si>
+  <si>
+    <t>ORD/000178/2023-2024</t>
+  </si>
+  <si>
+    <t>1391/JHD</t>
+  </si>
+  <si>
+    <t>DEBABRATA DUTTA</t>
+  </si>
+  <si>
+    <t>Laying distribution pipe line under JJM with allied work for SAFTALDIHA AND IT'S ADJOINING MOUJAS PWSS in JHARGRAM Block including supply of all labour &amp; materials within Jhargram Sub-Division under Jhargram Division, PHE Dte. (Part-M)</t>
+  </si>
+  <si>
+    <t>ORD/000179/2023-2024</t>
+  </si>
+  <si>
+    <t>1392/JHD</t>
+  </si>
+  <si>
+    <t>Laying distribution pipe line under JJM with allied work for SAFTALDIHA AND IT'S ADJOINING MOUJAS PWSS in JHARGRAM Block including supply of all labour &amp; materials within Jhargram Sub-Division under Jhargram Division, PHE Dte. (Part-B)</t>
+  </si>
+  <si>
+    <t>ORD/000274/2023-2024</t>
+  </si>
+  <si>
+    <t>1644/JHD</t>
+  </si>
+  <si>
+    <t>14/09/2023</t>
+  </si>
+  <si>
+    <t>13/12/2023</t>
+  </si>
+  <si>
+    <t>NEER UDYOG</t>
+  </si>
+  <si>
+    <t>Laying distribution pipe line under JJM with allied work for SAFTALDIHA AND IT'S ADJOINING MOUJAS PWSS in JHARGRAM Block including supply of all labour &amp; materials within Jhargram Sub-Division under Jhargram Division, PHE Dte. (Part-G)</t>
+  </si>
+  <si>
+    <t>ORD/000196/2023-2024</t>
+  </si>
+  <si>
+    <t>1566/JHD</t>
   </si>
   <si>
     <t>07/09/2023</t>
   </si>
   <si>
     <t>06/12/2023</t>
   </si>
   <si>
     <t>M/S. SANKAR KUMAR NAG</t>
-  </si>
-[...34 lines deleted...]
-    <t>GRAVITA ENTERPRISE</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -738,51 +894,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W16"/>
+  <dimension ref="A1:W27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="34.134521" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="43.560791" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1512,60 +1668,60 @@
       <c r="H13" s="13" t="s">
         <v>80</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="P13" s="4">
-        <v>23.94</v>
+        <v>0.6</v>
       </c>
       <c r="Q13" s="4">
         <v>0</v>
       </c>
       <c r="R13" s="4">
         <v>0</v>
       </c>
       <c r="S13" s="4">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>24</v>
       </c>
@@ -1575,60 +1731,60 @@
       <c r="H14" s="13" t="s">
         <v>86</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="P14" s="4">
-        <v>0.6</v>
+        <v>11.71</v>
       </c>
       <c r="Q14" s="4">
         <v>0</v>
       </c>
       <c r="R14" s="4">
         <v>0</v>
       </c>
       <c r="S14" s="4">
-        <v>95</v>
+        <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>24</v>
       </c>
@@ -1638,104 +1794,797 @@
       <c r="H15" s="13" t="s">
         <v>92</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="P15" s="4">
-        <v>11.71</v>
+        <v>156.73</v>
       </c>
       <c r="Q15" s="4">
-        <v>0</v>
+        <v>114.54</v>
       </c>
       <c r="R15" s="4">
-        <v>0</v>
+        <v>73.08</v>
       </c>
       <c r="S15" s="4">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
-      <c r="A16" s="7" t="s">
+      <c r="A16" s="3">
+        <v>14</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D16" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="E16" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H16" s="13" t="s">
         <v>98</v>
       </c>
-      <c r="B16" s="7"/>
-[...22 lines deleted...]
-      <c r="S16" s="8"/>
+      <c r="I16" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="J16" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="K16" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="L16" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="M16" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="N16" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="O16" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="P16" s="4">
+        <v>21.08</v>
+      </c>
+      <c r="Q16" s="4">
+        <v>11.96</v>
+      </c>
+      <c r="R16" s="4">
+        <v>56.72</v>
+      </c>
+      <c r="S16" s="4">
+        <v>90</v>
+      </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
+    <row r="17" spans="1:23">
+      <c r="A17" s="3">
+        <v>15</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D17" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="E17" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H17" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="I17" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="J17" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="K17" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="L17" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="M17" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="N17" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="O17" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="P17" s="4">
+        <v>10.24</v>
+      </c>
+      <c r="Q17" s="4">
+        <v>9.42</v>
+      </c>
+      <c r="R17" s="4">
+        <v>91.96</v>
+      </c>
+      <c r="S17" s="4">
+        <v>91</v>
+      </c>
+      <c r="T17" s="1"/>
+      <c r="U17" s="1"/>
+      <c r="V17" s="1"/>
+      <c r="W17" s="1"/>
+    </row>
+    <row r="18" spans="1:23">
+      <c r="A18" s="3">
+        <v>16</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D18" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="E18" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H18" s="13" t="s">
+        <v>109</v>
+      </c>
+      <c r="I18" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="J18" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="K18" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="L18" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="M18" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="N18" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="O18" s="4" t="s">
+        <v>112</v>
+      </c>
+      <c r="P18" s="4">
+        <v>21.08</v>
+      </c>
+      <c r="Q18" s="4">
+        <v>14.34</v>
+      </c>
+      <c r="R18" s="4">
+        <v>68.04</v>
+      </c>
+      <c r="S18" s="4">
+        <v>95</v>
+      </c>
+      <c r="T18" s="1"/>
+      <c r="U18" s="1"/>
+      <c r="V18" s="1"/>
+      <c r="W18" s="1"/>
+    </row>
+    <row r="19" spans="1:23">
+      <c r="A19" s="3">
+        <v>17</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D19" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="E19" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H19" s="13" t="s">
+        <v>113</v>
+      </c>
+      <c r="I19" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="J19" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="K19" s="4" t="s">
+        <v>114</v>
+      </c>
+      <c r="L19" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="M19" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="N19" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="O19" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="P19" s="4">
+        <v>20.8</v>
+      </c>
+      <c r="Q19" s="4">
+        <v>19.57</v>
+      </c>
+      <c r="R19" s="4">
+        <v>94.1</v>
+      </c>
+      <c r="S19" s="4">
+        <v>100</v>
+      </c>
+      <c r="T19" s="1"/>
+      <c r="U19" s="1"/>
+      <c r="V19" s="1"/>
+      <c r="W19" s="1"/>
+    </row>
+    <row r="20" spans="1:23">
+      <c r="A20" s="3">
+        <v>18</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D20" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="E20" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H20" s="13" t="s">
+        <v>119</v>
+      </c>
+      <c r="I20" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="J20" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="K20" s="4" t="s">
+        <v>120</v>
+      </c>
+      <c r="L20" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="M20" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="N20" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="O20" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="P20" s="4">
+        <v>11.5</v>
+      </c>
+      <c r="Q20" s="4">
+        <v>8.67</v>
+      </c>
+      <c r="R20" s="4">
+        <v>75.37</v>
+      </c>
+      <c r="S20" s="4">
+        <v>100</v>
+      </c>
+      <c r="T20" s="1"/>
+      <c r="U20" s="1"/>
+      <c r="V20" s="1"/>
+      <c r="W20" s="1"/>
+    </row>
+    <row r="21" spans="1:23">
+      <c r="A21" s="3">
+        <v>19</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D21" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="E21" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H21" s="13" t="s">
+        <v>122</v>
+      </c>
+      <c r="I21" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="J21" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="K21" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="L21" s="4" t="s">
+        <v>124</v>
+      </c>
+      <c r="M21" s="4" t="s">
+        <v>116</v>
+      </c>
+      <c r="N21" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="O21" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="P21" s="4">
+        <v>15.41</v>
+      </c>
+      <c r="Q21" s="4">
+        <v>9.23</v>
+      </c>
+      <c r="R21" s="4">
+        <v>59.9</v>
+      </c>
+      <c r="S21" s="4">
+        <v>100</v>
+      </c>
+      <c r="T21" s="1"/>
+      <c r="U21" s="1"/>
+      <c r="V21" s="1"/>
+      <c r="W21" s="1"/>
+    </row>
+    <row r="22" spans="1:23">
+      <c r="A22" s="3">
+        <v>20</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D22" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="E22" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H22" s="13" t="s">
+        <v>125</v>
+      </c>
+      <c r="I22" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="J22" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="K22" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="L22" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="M22" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="N22" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="O22" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="P22" s="4">
+        <v>10.27</v>
+      </c>
+      <c r="Q22" s="4">
+        <v>10.27</v>
+      </c>
+      <c r="R22" s="4">
+        <v>99.99</v>
+      </c>
+      <c r="S22" s="4">
+        <v>90</v>
+      </c>
+      <c r="T22" s="1"/>
+      <c r="U22" s="1"/>
+      <c r="V22" s="1"/>
+      <c r="W22" s="1"/>
+    </row>
+    <row r="23" spans="1:23">
+      <c r="A23" s="3">
+        <v>21</v>
+      </c>
+      <c r="B23" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D23" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="E23" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F23" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G23" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H23" s="13" t="s">
+        <v>131</v>
+      </c>
+      <c r="I23" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="J23" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="K23" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="L23" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="M23" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="N23" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="O23" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="P23" s="4">
+        <v>12.37</v>
+      </c>
+      <c r="Q23" s="4">
+        <v>11.43</v>
+      </c>
+      <c r="R23" s="4">
+        <v>92.44</v>
+      </c>
+      <c r="S23" s="4">
+        <v>95</v>
+      </c>
+      <c r="T23" s="1"/>
+      <c r="U23" s="1"/>
+      <c r="V23" s="1"/>
+      <c r="W23" s="1"/>
+    </row>
+    <row r="24" spans="1:23">
+      <c r="A24" s="3">
+        <v>22</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D24" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="E24" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F24" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G24" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H24" s="13" t="s">
+        <v>135</v>
+      </c>
+      <c r="I24" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="J24" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="K24" s="4" t="s">
+        <v>136</v>
+      </c>
+      <c r="L24" s="4" t="s">
+        <v>137</v>
+      </c>
+      <c r="M24" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="N24" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="O24" s="4" t="s">
+        <v>134</v>
+      </c>
+      <c r="P24" s="4">
+        <v>20.1</v>
+      </c>
+      <c r="Q24" s="4">
+        <v>16.29</v>
+      </c>
+      <c r="R24" s="4">
+        <v>81.05</v>
+      </c>
+      <c r="S24" s="4">
+        <v>95</v>
+      </c>
+      <c r="T24" s="1"/>
+      <c r="U24" s="1"/>
+      <c r="V24" s="1"/>
+      <c r="W24" s="1"/>
+    </row>
+    <row r="25" spans="1:23">
+      <c r="A25" s="3">
+        <v>23</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D25" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="E25" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H25" s="13" t="s">
+        <v>138</v>
+      </c>
+      <c r="I25" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="J25" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="K25" s="4" t="s">
+        <v>139</v>
+      </c>
+      <c r="L25" s="4" t="s">
+        <v>140</v>
+      </c>
+      <c r="M25" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="N25" s="4" t="s">
+        <v>142</v>
+      </c>
+      <c r="O25" s="4" t="s">
+        <v>143</v>
+      </c>
+      <c r="P25" s="4">
+        <v>14.03</v>
+      </c>
+      <c r="Q25" s="4">
+        <v>12.99</v>
+      </c>
+      <c r="R25" s="4">
+        <v>92.57</v>
+      </c>
+      <c r="S25" s="4">
+        <v>100</v>
+      </c>
+      <c r="T25" s="1"/>
+      <c r="U25" s="1"/>
+      <c r="V25" s="1"/>
+      <c r="W25" s="1"/>
+    </row>
+    <row r="26" spans="1:23">
+      <c r="A26" s="3">
+        <v>24</v>
+      </c>
+      <c r="B26" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D26" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="E26" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H26" s="13" t="s">
+        <v>144</v>
+      </c>
+      <c r="I26" s="13" t="s">
+        <v>44</v>
+      </c>
+      <c r="J26" s="13" t="s">
+        <v>45</v>
+      </c>
+      <c r="K26" s="4" t="s">
+        <v>145</v>
+      </c>
+      <c r="L26" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="M26" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="N26" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="O26" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="P26" s="4">
+        <v>24.23</v>
+      </c>
+      <c r="Q26" s="4">
+        <v>23.02</v>
+      </c>
+      <c r="R26" s="4">
+        <v>94.98</v>
+      </c>
+      <c r="S26" s="4">
+        <v>100</v>
+      </c>
+      <c r="T26" s="1"/>
+      <c r="U26" s="1"/>
+      <c r="V26" s="1"/>
+      <c r="W26" s="1"/>
+    </row>
+    <row r="27" spans="1:23">
+      <c r="A27" s="7" t="s">
+        <v>150</v>
+      </c>
+      <c r="B27" s="7"/>
+      <c r="C27" s="7"/>
+      <c r="D27" s="7"/>
+      <c r="E27" s="11"/>
+      <c r="F27" s="7"/>
+      <c r="G27" s="7"/>
+      <c r="H27" s="14"/>
+      <c r="I27" s="14"/>
+      <c r="J27" s="14"/>
+      <c r="K27" s="8"/>
+      <c r="L27" s="8"/>
+      <c r="M27" s="8"/>
+      <c r="N27" s="8"/>
+      <c r="O27" s="8">
+        <v>483.41</v>
+      </c>
+      <c r="P27" s="8">
+        <v>337.78</v>
+      </c>
+      <c r="Q27" s="8">
+        <v>69.88</v>
+      </c>
+      <c r="R27" s="8"/>
+      <c r="S27" s="8"/>
+      <c r="T27" s="1"/>
+      <c r="U27" s="1"/>
+      <c r="V27" s="1"/>
+      <c r="W27" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A16:N16"/>
+    <mergeCell ref="A27:N27"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>