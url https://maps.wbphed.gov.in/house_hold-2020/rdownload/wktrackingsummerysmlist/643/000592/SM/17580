--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1293,54 +1293,54 @@
       <c r="I7" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P7" s="4">
         <v>11.86</v>
       </c>
       <c r="Q7" s="4">
-        <v>10.98</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>92.57</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>92</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1356,54 +1356,54 @@
       <c r="I8" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P8" s="4">
         <v>10.64</v>
       </c>
       <c r="Q8" s="4">
-        <v>9.2</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>86.47</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>82</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1419,54 +1419,54 @@
       <c r="I9" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="P9" s="4">
         <v>9.35</v>
       </c>
       <c r="Q9" s="4">
-        <v>8.54</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>91.33</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>95</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1482,54 +1482,54 @@
       <c r="I10" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P10" s="4">
         <v>12.1</v>
       </c>
       <c r="Q10" s="4">
-        <v>11.54</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>95.37</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>77</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1545,54 +1545,54 @@
       <c r="I11" s="13" t="s">
         <v>70</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>71</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P11" s="4">
         <v>20.78</v>
       </c>
       <c r="Q11" s="4">
-        <v>17.06</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>82.09</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>86</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1608,54 +1608,54 @@
       <c r="I12" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>66</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>67</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P12" s="4">
         <v>21.08</v>
       </c>
       <c r="Q12" s="4">
-        <v>18.73</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>88.87</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>95</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1797,54 +1797,54 @@
       <c r="I15" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="P15" s="4">
         <v>156.73</v>
       </c>
       <c r="Q15" s="4">
-        <v>114.54</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>73.08</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>60</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
@@ -1860,54 +1860,54 @@
       <c r="I16" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>99</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>100</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>101</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>102</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>103</v>
       </c>
       <c r="P16" s="4">
         <v>21.08</v>
       </c>
       <c r="Q16" s="4">
-        <v>11.96</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>56.72</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>90</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
@@ -1923,54 +1923,54 @@
       <c r="I17" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>105</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>106</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>95</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>107</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>108</v>
       </c>
       <c r="P17" s="4">
         <v>10.24</v>
       </c>
       <c r="Q17" s="4">
-        <v>9.42</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>91.96</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>91</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
@@ -1986,54 +1986,54 @@
       <c r="I18" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>110</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>111</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>101</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>102</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>112</v>
       </c>
       <c r="P18" s="4">
         <v>21.08</v>
       </c>
       <c r="Q18" s="4">
-        <v>14.34</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>68.04</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>95</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>23</v>
       </c>
@@ -2049,54 +2049,54 @@
       <c r="I19" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>114</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>115</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>116</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>117</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>118</v>
       </c>
       <c r="P19" s="4">
         <v>20.8</v>
       </c>
       <c r="Q19" s="4">
-        <v>19.57</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>94.1</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D20" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>23</v>
       </c>
@@ -2112,54 +2112,54 @@
       <c r="I20" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>120</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>88</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>116</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>117</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>121</v>
       </c>
       <c r="P20" s="4">
         <v>11.5</v>
       </c>
       <c r="Q20" s="4">
-        <v>8.67</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>75.37</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>23</v>
       </c>
@@ -2175,54 +2175,54 @@
       <c r="I21" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>123</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>124</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>116</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>117</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>118</v>
       </c>
       <c r="P21" s="4">
         <v>15.41</v>
       </c>
       <c r="Q21" s="4">
-        <v>9.23</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>59.9</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>23</v>
       </c>
@@ -2238,54 +2238,54 @@
       <c r="I22" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>126</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>127</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>128</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>129</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>130</v>
       </c>
       <c r="P22" s="4">
         <v>10.27</v>
       </c>
       <c r="Q22" s="4">
-        <v>10.27</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>99.99</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>90</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D23" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>23</v>
       </c>
@@ -2301,54 +2301,54 @@
       <c r="I23" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>132</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>133</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>128</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>129</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>134</v>
       </c>
       <c r="P23" s="4">
         <v>12.37</v>
       </c>
       <c r="Q23" s="4">
-        <v>11.43</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>92.44</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>95</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D24" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>23</v>
       </c>
@@ -2364,54 +2364,54 @@
       <c r="I24" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>136</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>137</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>128</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>129</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>134</v>
       </c>
       <c r="P24" s="4">
         <v>20.1</v>
       </c>
       <c r="Q24" s="4">
-        <v>16.29</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>81.05</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>95</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D25" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>23</v>
       </c>
@@ -2427,54 +2427,54 @@
       <c r="I25" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>139</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>140</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>141</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>142</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>143</v>
       </c>
       <c r="P25" s="4">
         <v>14.03</v>
       </c>
       <c r="Q25" s="4">
-        <v>12.99</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>92.57</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>100</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>23</v>
       </c>
@@ -2490,88 +2490,88 @@
       <c r="I26" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>145</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>146</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>147</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>148</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>149</v>
       </c>
       <c r="P26" s="4">
         <v>24.23</v>
       </c>
       <c r="Q26" s="4">
-        <v>23.02</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>94.98</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>100</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="7" t="s">
         <v>150</v>
       </c>
       <c r="B27" s="7"/>
       <c r="C27" s="7"/>
       <c r="D27" s="7"/>
       <c r="E27" s="11"/>
       <c r="F27" s="7"/>
       <c r="G27" s="7"/>
       <c r="H27" s="14"/>
       <c r="I27" s="14"/>
       <c r="J27" s="14"/>
       <c r="K27" s="8"/>
       <c r="L27" s="8"/>
       <c r="M27" s="8"/>
       <c r="N27" s="8"/>
       <c r="O27" s="8">
         <v>483.41</v>
       </c>
       <c r="P27" s="8">
-        <v>337.78</v>
+        <v>0</v>
       </c>
       <c r="Q27" s="8">
-        <v>69.88</v>
+        <v>0</v>
       </c>
       <c r="R27" s="8"/>
       <c r="S27" s="8"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A27:N27"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>