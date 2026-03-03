--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -285,50 +285,107 @@
     <t>04/12/2024</t>
   </si>
   <si>
     <t>03/01/2025</t>
   </si>
   <si>
     <t>TAPAN KUMAR MANDAL</t>
   </si>
   <si>
     <t>Construction of boundary wall and Allied works At Gobindapur 1st and 2nd Tube well site of public water supply schemes in Jhargram block within Jhargram District under Jhargram Division P.H.E Dte.</t>
   </si>
   <si>
     <t>ORD/000095/2025-2026</t>
   </si>
   <si>
     <t>1207/JHD</t>
   </si>
   <si>
     <t>29/05/2025</t>
   </si>
   <si>
     <t>28/06/2025</t>
   </si>
   <si>
     <t>GRAVITA ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Laying distribution pipe line under JJM with allied work for GOBINDAPUR AND ITS ADJOINING MOUJAS PWSS in JHARGRAM Block including supply of all labour, materials within Jhargram Sub Division under Jhargram Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Junior Engineer, Jhargram Division</t>
+  </si>
+  <si>
+    <t>ORD/000041/2023-2024</t>
+  </si>
+  <si>
+    <t>872/JHD</t>
+  </si>
+  <si>
+    <t>08/06/2023</t>
+  </si>
+  <si>
+    <t>06/09/2023</t>
+  </si>
+  <si>
+    <t>MANISHIKA CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Laying distribution pipe line under JJM with allied work for GOBINDAPUR AND IT'S ADJOINING MOUJAS PWSS in JHARGRAM Block including supply of all labour &amp; materials within Jhargram Sub-Division under Jhargram Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000058/2023-2024</t>
+  </si>
+  <si>
+    <t>1089/JHD</t>
+  </si>
+  <si>
+    <t>14/07/2023</t>
+  </si>
+  <si>
+    <t>12/10/2023</t>
+  </si>
+  <si>
+    <t>LALIT BIHARI MAITY</t>
+  </si>
+  <si>
+    <t>Laying distribution pipe line under JJM with allied work for GOBINDAPUR AND IT'S ADJOINING MOUJAS PWSS in JHARGRAM Block including supply of all labour &amp; materials within Jhargram Sub-Division under Jhargram Division, PHE Dte. 2nd Call (Ref eNIT_26 of 2022-23 , SL No.-3 )</t>
+  </si>
+  <si>
+    <t>ORD/000185/2023-2024</t>
+  </si>
+  <si>
+    <t>1399/JHD</t>
+  </si>
+  <si>
+    <t>18/08/2023</t>
+  </si>
+  <si>
+    <t>16/11/2023</t>
+  </si>
+  <si>
+    <t>NIMAI HAZRA</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -717,51 +774,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W13"/>
+  <dimension ref="A1:W16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="34.134521" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="34.134521" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -941,54 +998,54 @@
       <c r="I4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>155.01</v>
       </c>
       <c r="Q4" s="4">
-        <v>19.52</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>12.59</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>10</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1185,54 +1242,54 @@
       <c r="I8" s="13" t="s">
         <v>58</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P8" s="4">
         <v>26.57</v>
       </c>
       <c r="Q8" s="4">
-        <v>25.32</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>95.27</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1248,54 +1305,54 @@
       <c r="I9" s="13" t="s">
         <v>58</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>59</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P9" s="4">
         <v>54.78</v>
       </c>
       <c r="Q9" s="4">
-        <v>25.03</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>45.69</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>70</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1311,54 +1368,54 @@
       <c r="I10" s="13" t="s">
         <v>58</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>72</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>75</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>76</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>77</v>
       </c>
       <c r="P10" s="4">
         <v>127.38</v>
       </c>
       <c r="Q10" s="4">
-        <v>79.02</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>62.04</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>30</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1451,87 +1508,276 @@
       </c>
       <c r="N12" s="4" t="s">
         <v>89</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>90</v>
       </c>
       <c r="P12" s="4">
         <v>11.71</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
-      <c r="A13" s="7" t="s">
+      <c r="A13" s="3">
+        <v>11</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D13" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="E13" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H13" s="13" t="s">
         <v>91</v>
       </c>
-      <c r="B13" s="7"/>
-[...22 lines deleted...]
-      <c r="S13" s="8"/>
+      <c r="I13" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="J13" s="13" t="s">
+        <v>92</v>
+      </c>
+      <c r="K13" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="L13" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="M13" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="N13" s="4" t="s">
+        <v>96</v>
+      </c>
+      <c r="O13" s="4" t="s">
+        <v>97</v>
+      </c>
+      <c r="P13" s="4">
+        <v>31.73</v>
+      </c>
+      <c r="Q13" s="4">
+        <v>0</v>
+      </c>
+      <c r="R13" s="4">
+        <v>0</v>
+      </c>
+      <c r="S13" s="4">
+        <v>85</v>
+      </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
+    <row r="14" spans="1:23">
+      <c r="A14" s="3">
+        <v>12</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D14" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="E14" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H14" s="13" t="s">
+        <v>98</v>
+      </c>
+      <c r="I14" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="J14" s="13" t="s">
+        <v>92</v>
+      </c>
+      <c r="K14" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="L14" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="M14" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="N14" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="O14" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="P14" s="4">
+        <v>48.39</v>
+      </c>
+      <c r="Q14" s="4">
+        <v>0</v>
+      </c>
+      <c r="R14" s="4">
+        <v>0</v>
+      </c>
+      <c r="S14" s="4">
+        <v>75</v>
+      </c>
+      <c r="T14" s="1"/>
+      <c r="U14" s="1"/>
+      <c r="V14" s="1"/>
+      <c r="W14" s="1"/>
+    </row>
+    <row r="15" spans="1:23">
+      <c r="A15" s="3">
+        <v>13</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D15" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="E15" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H15" s="13" t="s">
+        <v>104</v>
+      </c>
+      <c r="I15" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="J15" s="13" t="s">
+        <v>59</v>
+      </c>
+      <c r="K15" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="L15" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="M15" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="N15" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="O15" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="P15" s="4">
+        <v>41.73</v>
+      </c>
+      <c r="Q15" s="4">
+        <v>0</v>
+      </c>
+      <c r="R15" s="4">
+        <v>0</v>
+      </c>
+      <c r="S15" s="4">
+        <v>70</v>
+      </c>
+      <c r="T15" s="1"/>
+      <c r="U15" s="1"/>
+      <c r="V15" s="1"/>
+      <c r="W15" s="1"/>
+    </row>
+    <row r="16" spans="1:23">
+      <c r="A16" s="7" t="s">
+        <v>110</v>
+      </c>
+      <c r="B16" s="7"/>
+      <c r="C16" s="7"/>
+      <c r="D16" s="7"/>
+      <c r="E16" s="11"/>
+      <c r="F16" s="7"/>
+      <c r="G16" s="7"/>
+      <c r="H16" s="14"/>
+      <c r="I16" s="14"/>
+      <c r="J16" s="14"/>
+      <c r="K16" s="8"/>
+      <c r="L16" s="8"/>
+      <c r="M16" s="8"/>
+      <c r="N16" s="8"/>
+      <c r="O16" s="8">
+        <v>607.52</v>
+      </c>
+      <c r="P16" s="8">
+        <v>0</v>
+      </c>
+      <c r="Q16" s="8">
+        <v>0</v>
+      </c>
+      <c r="R16" s="8"/>
+      <c r="S16" s="8"/>
+      <c r="T16" s="1"/>
+      <c r="U16" s="1"/>
+      <c r="V16" s="1"/>
+      <c r="W16" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A13:N13"/>
+    <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>