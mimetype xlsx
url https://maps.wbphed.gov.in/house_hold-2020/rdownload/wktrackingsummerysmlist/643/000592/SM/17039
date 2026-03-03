--- v0 (2026-01-12)
+++ v1 (2026-03-03)
@@ -1656,54 +1656,54 @@
       <c r="I4" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>5.65</v>
       </c>
       <c r="Q4" s="4">
-        <v>3.67</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>65.03</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>98</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1845,54 +1845,54 @@
       <c r="I7" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P7" s="4">
         <v>6.11</v>
       </c>
       <c r="Q7" s="4">
-        <v>5.16</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>84.39</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>95</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -2412,54 +2412,54 @@
       <c r="I16" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>106</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>107</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>108</v>
       </c>
       <c r="P16" s="4">
         <v>6.15</v>
       </c>
       <c r="Q16" s="4">
-        <v>5.76</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>93.68</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
@@ -2475,54 +2475,54 @@
       <c r="I17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>100</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>110</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>111</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>112</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>113</v>
       </c>
       <c r="P17" s="4">
         <v>0.74</v>
       </c>
       <c r="Q17" s="4">
-        <v>0.74</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
@@ -5114,54 +5114,54 @@
       <c r="I62" s="13" t="s">
         <v>218</v>
       </c>
       <c r="J62" s="13" t="s">
         <v>219</v>
       </c>
       <c r="K62" s="4" t="s">
         <v>220</v>
       </c>
       <c r="L62" s="4" t="s">
         <v>221</v>
       </c>
       <c r="M62" s="4" t="s">
         <v>222</v>
       </c>
       <c r="N62" s="4" t="s">
         <v>223</v>
       </c>
       <c r="O62" s="4" t="s">
         <v>224</v>
       </c>
       <c r="P62" s="4">
         <v>29.49</v>
       </c>
       <c r="Q62" s="4">
-        <v>26.94</v>
+        <v>0</v>
       </c>
       <c r="R62" s="4">
-        <v>91.37</v>
+        <v>0</v>
       </c>
       <c r="S62" s="4">
         <v>100</v>
       </c>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C63" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D63" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E63" s="10" t="s">
         <v>23</v>
       </c>
@@ -5366,54 +5366,54 @@
       <c r="I66" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J66" s="13" t="s">
         <v>242</v>
       </c>
       <c r="K66" s="4" t="s">
         <v>243</v>
       </c>
       <c r="L66" s="4" t="s">
         <v>244</v>
       </c>
       <c r="M66" s="4" t="s">
         <v>245</v>
       </c>
       <c r="N66" s="4" t="s">
         <v>126</v>
       </c>
       <c r="O66" s="4" t="s">
         <v>246</v>
       </c>
       <c r="P66" s="4">
         <v>5.89</v>
       </c>
       <c r="Q66" s="4">
-        <v>4.83</v>
+        <v>0</v>
       </c>
       <c r="R66" s="4">
-        <v>82.01</v>
+        <v>0</v>
       </c>
       <c r="S66" s="4">
         <v>100</v>
       </c>
       <c r="T66" s="1"/>
       <c r="U66" s="1"/>
       <c r="V66" s="1"/>
       <c r="W66" s="1"/>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C67" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D67" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E67" s="10" t="s">
         <v>23</v>
       </c>
@@ -5996,54 +5996,54 @@
       <c r="I76" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J76" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K76" s="4" t="s">
         <v>295</v>
       </c>
       <c r="L76" s="4" t="s">
         <v>296</v>
       </c>
       <c r="M76" s="4" t="s">
         <v>86</v>
       </c>
       <c r="N76" s="4" t="s">
         <v>297</v>
       </c>
       <c r="O76" s="4" t="s">
         <v>298</v>
       </c>
       <c r="P76" s="4">
         <v>11.96</v>
       </c>
       <c r="Q76" s="4">
-        <v>9.1</v>
+        <v>0</v>
       </c>
       <c r="R76" s="4">
-        <v>76.12</v>
+        <v>0</v>
       </c>
       <c r="S76" s="4">
         <v>80</v>
       </c>
       <c r="T76" s="1"/>
       <c r="U76" s="1"/>
       <c r="V76" s="1"/>
       <c r="W76" s="1"/>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C77" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D77" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E77" s="10" t="s">
         <v>23</v>
       </c>
@@ -6185,54 +6185,54 @@
       <c r="I79" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J79" s="13" t="s">
         <v>310</v>
       </c>
       <c r="K79" s="4" t="s">
         <v>311</v>
       </c>
       <c r="L79" s="4" t="s">
         <v>312</v>
       </c>
       <c r="M79" s="4" t="s">
         <v>313</v>
       </c>
       <c r="N79" s="4" t="s">
         <v>314</v>
       </c>
       <c r="O79" s="4" t="s">
         <v>315</v>
       </c>
       <c r="P79" s="4">
         <v>2.07</v>
       </c>
       <c r="Q79" s="4">
-        <v>4.66</v>
+        <v>0</v>
       </c>
       <c r="R79" s="4">
-        <v>225.07</v>
+        <v>0</v>
       </c>
       <c r="S79" s="4">
         <v>25</v>
       </c>
       <c r="T79" s="1"/>
       <c r="U79" s="1"/>
       <c r="V79" s="1"/>
       <c r="W79" s="1"/>
     </row>
     <row r="80" spans="1:23">
       <c r="A80" s="3">
         <v>78</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C80" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D80" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E80" s="10" t="s">
         <v>23</v>
       </c>
@@ -6311,54 +6311,54 @@
       <c r="I81" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J81" s="13" t="s">
         <v>219</v>
       </c>
       <c r="K81" s="4" t="s">
         <v>323</v>
       </c>
       <c r="L81" s="4" t="s">
         <v>324</v>
       </c>
       <c r="M81" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N81" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O81" s="4" t="s">
         <v>113</v>
       </c>
       <c r="P81" s="4">
         <v>5.86</v>
       </c>
       <c r="Q81" s="4">
-        <v>5.52</v>
+        <v>0</v>
       </c>
       <c r="R81" s="4">
-        <v>94.24</v>
+        <v>0</v>
       </c>
       <c r="S81" s="4">
         <v>100</v>
       </c>
       <c r="T81" s="1"/>
       <c r="U81" s="1"/>
       <c r="V81" s="1"/>
       <c r="W81" s="1"/>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" s="3">
         <v>80</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C82" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D82" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E82" s="10" t="s">
         <v>23</v>
       </c>
@@ -6374,88 +6374,88 @@
       <c r="I82" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J82" s="13" t="s">
         <v>219</v>
       </c>
       <c r="K82" s="4" t="s">
         <v>326</v>
       </c>
       <c r="L82" s="4" t="s">
         <v>327</v>
       </c>
       <c r="M82" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N82" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O82" s="4" t="s">
         <v>113</v>
       </c>
       <c r="P82" s="4">
         <v>5.86</v>
       </c>
       <c r="Q82" s="4">
-        <v>5.53</v>
+        <v>0</v>
       </c>
       <c r="R82" s="4">
-        <v>94.45</v>
+        <v>0</v>
       </c>
       <c r="S82" s="4">
         <v>100</v>
       </c>
       <c r="T82" s="1"/>
       <c r="U82" s="1"/>
       <c r="V82" s="1"/>
       <c r="W82" s="1"/>
     </row>
     <row r="83" spans="1:23">
       <c r="A83" s="7" t="s">
         <v>328</v>
       </c>
       <c r="B83" s="7"/>
       <c r="C83" s="7"/>
       <c r="D83" s="7"/>
       <c r="E83" s="11"/>
       <c r="F83" s="7"/>
       <c r="G83" s="7"/>
       <c r="H83" s="14"/>
       <c r="I83" s="14"/>
       <c r="J83" s="14"/>
       <c r="K83" s="8"/>
       <c r="L83" s="8"/>
       <c r="M83" s="8"/>
       <c r="N83" s="8"/>
       <c r="O83" s="8">
         <v>414.76</v>
       </c>
       <c r="P83" s="8">
-        <v>71.92</v>
+        <v>0</v>
       </c>
       <c r="Q83" s="8">
-        <v>17.34</v>
+        <v>0</v>
       </c>
       <c r="R83" s="8"/>
       <c r="S83" s="8"/>
       <c r="T83" s="1"/>
       <c r="U83" s="1"/>
       <c r="V83" s="1"/>
       <c r="W83" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A83:N83"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>