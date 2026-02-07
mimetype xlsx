--- v0 (2025-12-13)
+++ v1 (2026-02-07)
@@ -107,51 +107,51 @@
   <si>
     <t>SM/16680</t>
   </si>
   <si>
     <t>Support-WQMSP</t>
   </si>
   <si>
     <t>Construction of District Water Testing Laboratory under Jhargram Division, PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer</t>
   </si>
   <si>
     <t>Junior Engineer-I</t>
   </si>
   <si>
     <t>ORD/000318/2023-2024</t>
   </si>
   <si>
     <t>1843/JHD</t>
   </si>
   <si>
     <t>31/10/2023</t>
   </si>
   <si>
-    <t>25/10/2024</t>
+    <t>30/06/2025</t>
   </si>
   <si>
     <t>SAIKAT DANDAPAT</t>
   </si>
   <si>
     <t>Supply, Delivery and installation of water testing laboratory equipment, chemicals laboratory glassware reagents for setting up District water tasting laboratory for Jhargram District related to water quality monitoring and surveillance activities under jhargram division PHE Dte. Government of West Bengal.</t>
   </si>
   <si>
     <t>Junior Engineer-II</t>
   </si>
   <si>
     <t>ORD/000123/2025-2026</t>
   </si>
   <si>
     <t>2203/JHD</t>
   </si>
   <si>
     <t>14/10/2025</t>
   </si>
   <si>
     <t>13/12/2025</t>
   </si>
   <si>
     <t>SUNANDA ENVIROMENTAL INTERNATIONAL PVT. LTD.</t>
   </si>
@@ -778,54 +778,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>45.24</v>
       </c>
       <c r="Q3" s="4">
-        <v>33.36</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>73.74</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>33</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1178,54 +1178,54 @@
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>57</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>69.3</v>
       </c>
       <c r="P10" s="8">
-        <v>33.36</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>48.14</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>