--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -152,234 +152,234 @@
   <si>
     <t>22/11/2023</t>
   </si>
   <si>
     <t>ELECTRICAL &amp; MECHANICAL ENGINEERING CORPORATION</t>
   </si>
   <si>
     <t>Accommodate FHTC (2066 nos) under JJM with allied work for CHANDRI AND IT'S ADJOINING MOUJAS PWSS in JHARGRAM Block including supply of all labour &amp; materials within Jhargram Sub-Division under Jhargram Division, PHE Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer Headquarter</t>
   </si>
   <si>
     <t>Junior Engineer-II</t>
   </si>
   <si>
     <t>ORD/000051/2023-2024</t>
   </si>
   <si>
     <t>861/JHD</t>
   </si>
   <si>
     <t>08/06/2023</t>
   </si>
   <si>
-    <t>05/03/2025</t>
+    <t>03/06/2025</t>
   </si>
   <si>
     <t>ASIS KUMAR SARANGI</t>
   </si>
   <si>
+    <t>Supplying and Delivery of Different dia CIDF Sluice Valve and Construction of Valve Chamber and allied works for Laying distribution of HDPE Pipe Line For Chandri and its Adjoining Mouzas PWSS in Jhargram Block under Jhargram Division PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000202/2024-2025</t>
+  </si>
+  <si>
+    <t>2267/JHD</t>
+  </si>
+  <si>
+    <t>02/12/2024</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>TAPAN KUMAR MANDAL</t>
+  </si>
+  <si>
+    <t>Hiring of 1 (one) no, Motor Cab (standard) Commercial with Catalytic Converter attachment with Bharat Stage as per prevalent applicable standard compliant new /not older than 3(three) months from the date of 1st registration on daily hire rate basis for 3 (Three) months only (From 01.01.2024 to 31.03.2024) having contract carriage permit for plying within West Bengal from Regional Transport Authority for the use of the Assistant Engineer(HQ), Jhargram Division PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000642/2023-2024</t>
+  </si>
+  <si>
+    <t>3112/JHD</t>
+  </si>
+  <si>
+    <t>30/12/2023</t>
+  </si>
+  <si>
+    <t>30/03/2024</t>
+  </si>
+  <si>
+    <t>TAPAN KUMAR UPADHYAY</t>
+  </si>
+  <si>
+    <t>Continuation Work for Functional Household Tap Connection data uploading charges of different PWSS under Jhargram District in JJM_IMIS portal under Jal Jeevan Mission for May 2024 under Jhargram Division PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000006/2024-2025</t>
+  </si>
+  <si>
+    <t>40/JRWS</t>
+  </si>
+  <si>
+    <t>30/04/2024</t>
+  </si>
+  <si>
+    <t>31/05/2024</t>
+  </si>
+  <si>
+    <t>JAGOMOHAN SETUA</t>
+  </si>
+  <si>
+    <t>Continuation Work for Functional Household Tap Connection data uploading charges of different PWSS under Jhargram District in JJM_IMIS portal under Jal Jeevan Mission for June 2024 under Jhargram Division PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000007/2024-2025</t>
+  </si>
+  <si>
+    <t>103/JRWS</t>
+  </si>
+  <si>
+    <t>29/05/2024</t>
+  </si>
+  <si>
+    <t>28/06/2024</t>
+  </si>
+  <si>
+    <t>new service connection charges at Chandri T/W-1,water supply scheme</t>
+  </si>
+  <si>
+    <t>BILL/00102/2024-2025</t>
+  </si>
+  <si>
+    <t>75/JMD</t>
+  </si>
+  <si>
+    <t>29/04/2024</t>
+  </si>
+  <si>
+    <t>WBSEDCL</t>
+  </si>
+  <si>
+    <t>new service connection charges at Chandri-II water supply scheme</t>
+  </si>
+  <si>
+    <t>BILL/01029/2024-2025</t>
+  </si>
+  <si>
+    <t>360/JMD</t>
+  </si>
+  <si>
+    <t>20/09/2024</t>
+  </si>
+  <si>
+    <t>Construction of Laying distribution I I pipe line under JJM with allied work for CHANDRI AND I IT'S ADJOINING MOUJAS PWSS in JHARGRAM Block including supply of all labour &amp; materials within Jhargram Sub-Division under Jhargram Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>Junior Engineer-II,Junior Engineer-III</t>
+  </si>
+  <si>
+    <t>ORD/000053/2023-2024</t>
+  </si>
+  <si>
+    <t>864/JHD</t>
+  </si>
+  <si>
+    <t>06/09/2023</t>
+  </si>
+  <si>
+    <t>S.B.TRADERS</t>
+  </si>
+  <si>
     <t>Sinking of Tube Well , Pump House , 250 cum OHR, Rising main pipe line, Interconnection pipe line, Laying distribution pipe line, Installation of display Board, soil investigation under JJM with allied work for CHANDRI AND IT'S ADJOINING MOUJAS PWSS in JHARGRAM Block including supply of all labour &amp; materials within Jhargram Sub-Division under Jhargram Division, PHE Dte. 3rd Call (Ref: 1st Call eNIT_20 of 2022-23 , SL No.-1 and 2nd Call eNIT_07 of 2023-24, SL No.-2 )</t>
   </si>
   <si>
-    <t>Junior Engineer-II,Junior Engineer-III</t>
-[...1 lines deleted...]
-  <si>
     <t>ORD/000312/2023-2024</t>
   </si>
   <si>
     <t>1832/JHD</t>
   </si>
   <si>
     <t>27/10/2023</t>
   </si>
   <si>
     <t>28/12/2024</t>
   </si>
   <si>
-    <t>Supplying and Delivery of Different dia CIDF Sluice Valve and Construction of Valve Chamber and allied works for Laying distribution of HDPE Pipe Line For Chandri and its Adjoining Mouzas PWSS in Jhargram Block under Jhargram Division PHE Dte.</t>
-[...92 lines deleted...]
-    <t>20/09/2024</t>
+    <t>Construction of boundary wall and Allied works At Chandri, Barabari, Gramohan 1st and 2nd Tubewell site of public water supply schemes in Jhargram block within Jhargram District under Jhargram Division P.H.E Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000098/2024-2025</t>
+  </si>
+  <si>
+    <t>1282/JHD</t>
+  </si>
+  <si>
+    <t>03/09/2024</t>
+  </si>
+  <si>
+    <t>Trial run for CHANDRI AND ADJOINING MOUZAS PWSS scheme within Jhargram Block under Jhargram Division, PHE Dte. for 3 months.</t>
+  </si>
+  <si>
+    <t>ORD/000005/2025-2026</t>
+  </si>
+  <si>
+    <t>734/JHD</t>
+  </si>
+  <si>
+    <t>02/04/2025</t>
+  </si>
+  <si>
+    <t>02/07/2025</t>
   </si>
   <si>
     <t>Construction of Pump House , Laying distribution pipe line, Boundary wall, Installation of display Board under JJM with allied work for CHANDRI AND ITS ADJOINING MOUJAS PWSS in JHARGRAM Block including supply of all labour and materials within Jhargram Sub-Division under Jhargram Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000040/2023-2024</t>
   </si>
   <si>
     <t>863/JHD</t>
   </si>
   <si>
     <t>07/09/2024</t>
   </si>
   <si>
     <t>Laying distribution pipe line under JJM with I allied work for CHANDRI AND IT'S ADJOINING MOUJAS PWSS in I JHARGRAM Block including supply of all labour &amp; materials within! I Jhargram Sub-Division under Jhargram Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000052/2023-2024</t>
   </si>
   <si>
     <t>862/JHD</t>
   </si>
   <si>
     <t>07/03/2025</t>
-  </si>
-[...40 lines deleted...]
-    <t>02/07/2025</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1097,78 +1097,78 @@
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="13" t="s">
         <v>48</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J6" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="K6" s="4" t="s">
         <v>49</v>
       </c>
-      <c r="K6" s="4" t="s">
+      <c r="L6" s="4" t="s">
         <v>50</v>
       </c>
-      <c r="L6" s="4" t="s">
+      <c r="M6" s="4" t="s">
         <v>51</v>
       </c>
-      <c r="M6" s="4" t="s">
+      <c r="N6" s="4" t="s">
         <v>52</v>
       </c>
-      <c r="N6" s="4" t="s">
+      <c r="O6" s="4" t="s">
         <v>53</v>
       </c>
-      <c r="O6" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P6" s="4">
-        <v>145.7</v>
+        <v>7.93</v>
       </c>
       <c r="Q6" s="4">
-        <v>41.07</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>28.19</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>24</v>
       </c>
@@ -1178,120 +1178,120 @@
       <c r="H7" s="13" t="s">
         <v>54</v>
       </c>
       <c r="I7" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P7" s="4">
-        <v>7.93</v>
+        <v>0.51</v>
       </c>
       <c r="Q7" s="4">
-        <v>0</v>
+        <v>1.19</v>
       </c>
       <c r="R7" s="4">
-        <v>0</v>
+        <v>232.93</v>
       </c>
       <c r="S7" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="13" t="s">
         <v>60</v>
       </c>
       <c r="I8" s="13" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P8" s="4">
-        <v>0.51</v>
+        <v>0.58</v>
       </c>
       <c r="Q8" s="4">
-        <v>1.19</v>
+        <v>0.52</v>
       </c>
       <c r="R8" s="4">
-        <v>232.93</v>
+        <v>90.73</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1301,559 +1301,559 @@
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>66</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="P9" s="4">
-        <v>0.58</v>
+        <v>0.89</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.52</v>
+        <v>0.53</v>
       </c>
       <c r="R9" s="4">
-        <v>90.73</v>
+        <v>59.22</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="13" t="s">
+        <v>71</v>
+      </c>
+      <c r="I10" s="13"/>
+      <c r="J10" s="13"/>
+      <c r="K10" s="4" t="s">
         <v>72</v>
       </c>
-      <c r="I10" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K10" s="4" t="s">
+      <c r="L10" s="4" t="s">
         <v>73</v>
       </c>
-      <c r="L10" s="4" t="s">
+      <c r="M10" s="4" t="s">
         <v>74</v>
       </c>
-      <c r="M10" s="4" t="s">
+      <c r="N10" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="O10" s="4" t="s">
         <v>75</v>
       </c>
-      <c r="N10" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P10" s="4">
-        <v>0.89</v>
+        <v>9.35</v>
       </c>
       <c r="Q10" s="4">
-        <v>0.53</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>59.22</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="13" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="I11" s="13"/>
       <c r="J11" s="13"/>
       <c r="K11" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="L11" s="4" t="s">
         <v>78</v>
       </c>
-      <c r="L11" s="4" t="s">
+      <c r="M11" s="4" t="s">
         <v>79</v>
       </c>
-      <c r="M11" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N11" s="4" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="O11" s="4" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="P11" s="4">
-        <v>9.35</v>
+        <v>5.33</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G12" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="13" t="s">
+        <v>80</v>
+      </c>
+      <c r="I12" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="J12" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="K12" s="4" t="s">
         <v>82</v>
       </c>
-      <c r="I12" s="13"/>
-[...1 lines deleted...]
-      <c r="K12" s="4" t="s">
+      <c r="L12" s="4" t="s">
         <v>83</v>
       </c>
-      <c r="L12" s="4" t="s">
+      <c r="M12" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="N12" s="4" t="s">
         <v>84</v>
       </c>
-      <c r="M12" s="4" t="s">
+      <c r="O12" s="4" t="s">
         <v>85</v>
       </c>
-      <c r="N12" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P12" s="4">
-        <v>5.33</v>
+        <v>30.65</v>
       </c>
       <c r="Q12" s="4">
-        <v>0</v>
+        <v>22.55</v>
       </c>
       <c r="R12" s="4">
-        <v>0</v>
+        <v>73.57</v>
       </c>
       <c r="S12" s="4">
-        <v>0</v>
+        <v>75</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H13" s="13" t="s">
         <v>86</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J13" s="13" t="s">
-        <v>49</v>
+        <v>81</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>88</v>
       </c>
       <c r="M13" s="4" t="s">
-        <v>45</v>
+        <v>89</v>
       </c>
       <c r="N13" s="4" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P13" s="4">
-        <v>82.54</v>
+        <v>145.7</v>
       </c>
       <c r="Q13" s="4">
-        <v>63.89</v>
+        <v>41.07</v>
       </c>
       <c r="R13" s="4">
-        <v>77.41</v>
+        <v>28.19</v>
       </c>
       <c r="S13" s="4">
-        <v>80</v>
+        <v>50</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H14" s="13" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J14" s="13" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="K14" s="4" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="L14" s="4" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M14" s="4" t="s">
-        <v>45</v>
+        <v>94</v>
       </c>
       <c r="N14" s="4" t="s">
-        <v>93</v>
+        <v>52</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P14" s="4">
-        <v>71.81</v>
+        <v>37.46</v>
       </c>
       <c r="Q14" s="4">
-        <v>67.09</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>93.43</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
-        <v>95</v>
+        <v>55</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H15" s="13" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J15" s="13" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="K15" s="4" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="L15" s="4" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="M15" s="4" t="s">
-        <v>45</v>
+        <v>98</v>
       </c>
       <c r="N15" s="4" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="O15" s="4" t="s">
-        <v>98</v>
+        <v>47</v>
       </c>
       <c r="P15" s="4">
-        <v>30.65</v>
+        <v>1.02</v>
       </c>
       <c r="Q15" s="4">
-        <v>22.55</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>73.57</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
-        <v>75</v>
+        <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H16" s="13" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="I16" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J16" s="13" t="s">
-        <v>42</v>
+        <v>81</v>
       </c>
       <c r="K16" s="4" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L16" s="4" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="M16" s="4" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="N16" s="4" t="s">
-        <v>58</v>
+        <v>103</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P16" s="4">
-        <v>37.46</v>
+        <v>82.54</v>
       </c>
       <c r="Q16" s="4">
-        <v>0</v>
+        <v>63.89</v>
       </c>
       <c r="R16" s="4">
-        <v>0</v>
+        <v>77.41</v>
       </c>
       <c r="S16" s="4">
-        <v>55</v>
+        <v>80</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H17" s="13" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I17" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J17" s="13" t="s">
-        <v>42</v>
+        <v>81</v>
       </c>
       <c r="K17" s="4" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="L17" s="4" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="M17" s="4" t="s">
-        <v>106</v>
+        <v>45</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>107</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P17" s="4">
-        <v>1.02</v>
+        <v>71.81</v>
       </c>
       <c r="Q17" s="4">
-        <v>0</v>
+        <v>67.09</v>
       </c>
       <c r="R17" s="4">
-        <v>0</v>
+        <v>93.43</v>
       </c>
       <c r="S17" s="4">
-        <v>0</v>
+        <v>95</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="7" t="s">
         <v>108</v>
       </c>
       <c r="B18" s="7"/>
       <c r="C18" s="7"/>
       <c r="D18" s="7"/>
       <c r="E18" s="11"/>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="H18" s="14"/>
       <c r="I18" s="14"/>
       <c r="J18" s="14"/>
       <c r="K18" s="8"/>
       <c r="L18" s="8"/>
       <c r="M18" s="8"/>
       <c r="N18" s="8"/>
       <c r="O18" s="8">
         <v>542.03</v>