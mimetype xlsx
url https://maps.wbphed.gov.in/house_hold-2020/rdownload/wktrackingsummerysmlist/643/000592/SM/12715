--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -992,54 +992,54 @@
       <c r="I4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>21.95</v>
       </c>
       <c r="Q4" s="4">
-        <v>12.63</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>57.54</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>50</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1055,54 +1055,54 @@
       <c r="I5" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P5" s="4">
         <v>88.73</v>
       </c>
       <c r="Q5" s="4">
-        <v>31.42</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>35.41</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>85</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1181,54 +1181,54 @@
       <c r="I7" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P7" s="4">
         <v>0.51</v>
       </c>
       <c r="Q7" s="4">
-        <v>1.19</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>232.93</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1244,54 +1244,54 @@
       <c r="I8" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P8" s="4">
         <v>0.58</v>
       </c>
       <c r="Q8" s="4">
-        <v>0.52</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>90.73</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1307,54 +1307,54 @@
       <c r="I9" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>69</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>70</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P9" s="4">
         <v>0.89</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.53</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>59.22</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1488,54 +1488,54 @@
       <c r="I12" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>81</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>84</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>85</v>
       </c>
       <c r="P12" s="4">
         <v>30.65</v>
       </c>
       <c r="Q12" s="4">
-        <v>22.55</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>73.57</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>75</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1551,54 +1551,54 @@
       <c r="I13" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>81</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>88</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>89</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P13" s="4">
         <v>145.7</v>
       </c>
       <c r="Q13" s="4">
-        <v>41.07</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>28.19</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>50</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1740,54 +1740,54 @@
       <c r="I16" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>81</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>103</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P16" s="4">
         <v>82.54</v>
       </c>
       <c r="Q16" s="4">
-        <v>63.89</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>77.41</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>80</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
@@ -1803,88 +1803,88 @@
       <c r="I17" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>81</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>105</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>106</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>107</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P17" s="4">
         <v>71.81</v>
       </c>
       <c r="Q17" s="4">
-        <v>67.09</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>93.43</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>95</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="7" t="s">
         <v>108</v>
       </c>
       <c r="B18" s="7"/>
       <c r="C18" s="7"/>
       <c r="D18" s="7"/>
       <c r="E18" s="11"/>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="H18" s="14"/>
       <c r="I18" s="14"/>
       <c r="J18" s="14"/>
       <c r="K18" s="8"/>
       <c r="L18" s="8"/>
       <c r="M18" s="8"/>
       <c r="N18" s="8"/>
       <c r="O18" s="8">
         <v>542.03</v>
       </c>
       <c r="P18" s="8">
-        <v>240.89</v>
+        <v>0</v>
       </c>
       <c r="Q18" s="8">
-        <v>44.44</v>
+        <v>0</v>
       </c>
       <c r="R18" s="8"/>
       <c r="S18" s="8"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A18:N18"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>