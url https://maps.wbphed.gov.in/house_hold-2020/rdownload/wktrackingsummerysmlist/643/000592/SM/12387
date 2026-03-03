--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -839,54 +839,54 @@
       <c r="I4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>21339.76</v>
       </c>
       <c r="Q4" s="4">
-        <v>36.75</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>0.17</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>11</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -902,54 +902,54 @@
       <c r="I5" s="13" t="s">
         <v>42</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P5" s="4">
         <v>12284.77</v>
       </c>
       <c r="Q5" s="4">
-        <v>127.78</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>1.04</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>25</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>40</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -965,88 +965,88 @@
       <c r="I6" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>51</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P6" s="4">
         <v>37.25</v>
       </c>
       <c r="Q6" s="4">
-        <v>8.28</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>22.22</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>30</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="7" t="s">
         <v>57</v>
       </c>
       <c r="B7" s="7"/>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="11"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="14"/>
       <c r="I7" s="14"/>
       <c r="J7" s="14"/>
       <c r="K7" s="8"/>
       <c r="L7" s="8"/>
       <c r="M7" s="8"/>
       <c r="N7" s="8"/>
       <c r="O7" s="8">
         <v>33673.36</v>
       </c>
       <c r="P7" s="8">
-        <v>172.81</v>
+        <v>0</v>
       </c>
       <c r="Q7" s="8">
-        <v>0.51</v>
+        <v>0</v>
       </c>
       <c r="R7" s="8"/>
       <c r="S7" s="8"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A7:N7"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>