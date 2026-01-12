--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -257,138 +257,138 @@
   <si>
     <t>new meter connection charges of Dalkati-I water supply scheme</t>
   </si>
   <si>
     <t>BILL/00017/2024-2025</t>
   </si>
   <si>
     <t>16/JMD</t>
   </si>
   <si>
     <t>15/04/2024</t>
   </si>
   <si>
     <t>WBSEDCL</t>
   </si>
   <si>
     <t>new meter connection charges of Dalkati T/W-II water supply scheme</t>
   </si>
   <si>
     <t>BILL/00018/2024-2025</t>
   </si>
   <si>
     <t>17/JMD</t>
   </si>
   <si>
-    <t>Sinking of Tube Well, Switch Room under JJM with allied work for DALKATI AND IT'S ADJOINING MOUJAS PWSS in JHARGRAM Block including supply of all labour &amp; materials within Jhargram Sub-Division under Jhargram Division, PHE Dte. 2nd Call (Ref: 1st Call eNIT_35 of 2022-23,SL No.-8)</t>
-[...11 lines deleted...]
-    <t>29/01/2024</t>
+    <t>Rising main pipe line, Interconnection pipe line, Laying distribution pipe line, Installation of display Board under JJM with allied work for DALKATI AND IT'S ADJOINING MOUJAS PWSS in JHARGRAM Block including supply of all labour &amp; materials within Jhargram Sub-Division under Jhargram Division, PHE Dte. 2nd Call (Ref: 1st Call eNIT_35 of 2022-23, SL No.-7)</t>
+  </si>
+  <si>
+    <t>ORD/000396/2023-2024</t>
+  </si>
+  <si>
+    <t>3077/JHD</t>
+  </si>
+  <si>
+    <t>26/12/2023</t>
+  </si>
+  <si>
+    <t>25/03/2024</t>
+  </si>
+  <si>
+    <t>APEX ENGINEERING</t>
+  </si>
+  <si>
+    <t>Laying of distribution pipe line for Dalkati and its adjoining moujas pwss in Jhargram block within Jhargram district under jhargram division P.H.E Dte.</t>
+  </si>
+  <si>
+    <t>Junior Engineer-II,Junior Engineer-III</t>
+  </si>
+  <si>
+    <t>ORD/000080/2024-2025</t>
+  </si>
+  <si>
+    <t>1213/JHD</t>
+  </si>
+  <si>
+    <t>27/08/2024</t>
+  </si>
+  <si>
+    <t>11/10/2024</t>
+  </si>
+  <si>
+    <t>RAMENDRA NATH KAR</t>
+  </si>
+  <si>
+    <t>Construction of boundary wall and Allied works At Dalkati 1st and 2nd Tubewell site of public water supply schemes in Jhargram block within Jhargram District under Jhargram Division P.H.E Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000177/2024-2025</t>
+  </si>
+  <si>
+    <t>2194/JHD</t>
+  </si>
+  <si>
+    <t>22/11/2024</t>
+  </si>
+  <si>
+    <t>22/03/2025</t>
   </si>
   <si>
     <t>SHEFALI CONSTRUCTION</t>
   </si>
   <si>
-    <t>Rising main pipe line, Interconnection pipe line, Laying distribution pipe line, Installation of display Board under JJM with allied work for DALKATI AND IT'S ADJOINING MOUJAS PWSS in JHARGRAM Block including supply of all labour &amp; materials within Jhargram Sub-Division under Jhargram Division, PHE Dte. 2nd Call (Ref: 1st Call eNIT_35 of 2022-23, SL No.-7)</t>
-[...52 lines deleted...]
-  <si>
     <t>Trial run for DALKATI AND ADJOINING MOUZAS PWSS scheme within Jhargram Block under Jhargram Division, PHE Dte. for 3 months. (The date of starting of trial run will be effective after consultation with departmental officials)</t>
   </si>
   <si>
     <t>ORD/000007/2025-2026</t>
   </si>
   <si>
     <t>736/JHD</t>
   </si>
   <si>
     <t>02/04/2025</t>
   </si>
   <si>
     <t>02/07/2025</t>
   </si>
   <si>
     <t>DHUMKETU ENGINEERING PRIVATE LIMITED</t>
+  </si>
+  <si>
+    <t>Laying distribution pipe line under JJM with allied work for DALKATI AND IT'S ADJOINING MOUJAS PWSS in JHARGRAM Block including supply of all labour &amp; materials within Jhargram Sub-Division under Jhargram Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000119/2023-2024</t>
+  </si>
+  <si>
+    <t>1312/JHD</t>
+  </si>
+  <si>
+    <t>09/08/2023</t>
+  </si>
+  <si>
+    <t>07/11/2023</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1494,343 +1494,343 @@
       <c r="H12" s="13" t="s">
         <v>81</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P12" s="4">
-        <v>29.03</v>
+        <v>15.83</v>
       </c>
       <c r="Q12" s="4">
-        <v>23.27</v>
+        <v>3.86</v>
       </c>
       <c r="R12" s="4">
-        <v>80.16</v>
+        <v>24.36</v>
       </c>
       <c r="S12" s="4">
         <v>95</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H13" s="13" t="s">
         <v>87</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J13" s="13" t="s">
-        <v>28</v>
+        <v>88</v>
       </c>
       <c r="K13" s="4" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="L13" s="4" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="M13" s="4" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="N13" s="4" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="O13" s="4" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="P13" s="4">
-        <v>15.83</v>
+        <v>22.88</v>
       </c>
       <c r="Q13" s="4">
-        <v>3.86</v>
+        <v>5.99</v>
       </c>
       <c r="R13" s="4">
-        <v>24.36</v>
+        <v>26.17</v>
       </c>
       <c r="S13" s="4">
-        <v>95</v>
+        <v>87</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H14" s="13" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J14" s="13" t="s">
-        <v>94</v>
+        <v>28</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>95</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>96</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P14" s="4">
-        <v>22.88</v>
+        <v>12.48</v>
       </c>
       <c r="Q14" s="4">
-        <v>5.99</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>26.17</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
-        <v>87</v>
+        <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H15" s="13" t="s">
         <v>100</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>103</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O15" s="4" t="s">
-        <v>86</v>
+        <v>105</v>
       </c>
       <c r="P15" s="4">
-        <v>12.48</v>
+        <v>1.01</v>
       </c>
       <c r="Q15" s="4">
         <v>0</v>
       </c>
       <c r="R15" s="4">
         <v>0</v>
       </c>
       <c r="S15" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H16" s="13" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="I16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K16" s="4" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="L16" s="4" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="M16" s="4" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="N16" s="4" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="O16" s="4" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="P16" s="4">
-        <v>1.01</v>
+        <v>20.97</v>
       </c>
       <c r="Q16" s="4">
-        <v>0</v>
+        <v>17.73</v>
       </c>
       <c r="R16" s="4">
-        <v>0</v>
+        <v>84.56</v>
       </c>
       <c r="S16" s="4">
-        <v>0</v>
+        <v>90</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="7" t="s">
         <v>111</v>
       </c>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="11"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="14"/>
       <c r="I17" s="14"/>
       <c r="J17" s="14"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8">
-        <v>364.18</v>
+        <v>356.13</v>
       </c>
       <c r="P17" s="8">
-        <v>97.42</v>
+        <v>91.88</v>
       </c>
       <c r="Q17" s="8">
-        <v>26.75</v>
+        <v>25.8</v>
       </c>
       <c r="R17" s="8"/>
       <c r="S17" s="8"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A17:N17"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>