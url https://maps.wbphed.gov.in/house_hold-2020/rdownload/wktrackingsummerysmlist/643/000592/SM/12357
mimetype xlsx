--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1127,54 +1127,54 @@
       <c r="I6" s="13" t="s">
         <v>47</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P6" s="4">
         <v>20.81</v>
       </c>
       <c r="Q6" s="4">
-        <v>4.54</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>21.79</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>60</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1190,54 +1190,54 @@
       <c r="I7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>59</v>
       </c>
       <c r="P7" s="4">
         <v>79.26</v>
       </c>
       <c r="Q7" s="4">
-        <v>59.77</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>75.41</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>90</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1497,54 +1497,54 @@
       <c r="I12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>84</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>85</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>86</v>
       </c>
       <c r="P12" s="4">
         <v>15.83</v>
       </c>
       <c r="Q12" s="4">
-        <v>3.86</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>24.36</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>95</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1560,54 +1560,54 @@
       <c r="I13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>88</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>91</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>92</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>93</v>
       </c>
       <c r="P13" s="4">
         <v>22.88</v>
       </c>
       <c r="Q13" s="4">
-        <v>5.99</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>26.17</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>87</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1749,88 +1749,88 @@
       <c r="I16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>107</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>108</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>109</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>110</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>105</v>
       </c>
       <c r="P16" s="4">
         <v>20.97</v>
       </c>
       <c r="Q16" s="4">
-        <v>17.73</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>84.56</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>90</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="7" t="s">
         <v>111</v>
       </c>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="11"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="14"/>
       <c r="I17" s="14"/>
       <c r="J17" s="14"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8">
         <v>356.13</v>
       </c>
       <c r="P17" s="8">
-        <v>91.88</v>
+        <v>0</v>
       </c>
       <c r="Q17" s="8">
-        <v>25.8</v>
+        <v>0</v>
       </c>
       <c r="R17" s="8"/>
       <c r="S17" s="8"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A17:N17"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>