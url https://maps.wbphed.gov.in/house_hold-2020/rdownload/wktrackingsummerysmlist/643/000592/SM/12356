--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -170,51 +170,51 @@
   <si>
     <t>1238/JMD</t>
   </si>
   <si>
     <t>26/05/2023</t>
   </si>
   <si>
     <t>22/11/2023</t>
   </si>
   <si>
     <t>DEB KUMAR BASU</t>
   </si>
   <si>
     <t>Laying distribution pipe line under JJM with allied work for CHAKKUA AND IT'S ADJOINING MOUJAS PWSS in JHARGRAM Block including supply of all labour &amp; materials within Jhargram Sub-Division under Jhargram Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000071/2023-2024</t>
   </si>
   <si>
     <t>1108/JHD</t>
   </si>
   <si>
     <t>18/07/2023</t>
   </si>
   <si>
-    <t>30/03/2025</t>
+    <t>28/06/2025</t>
   </si>
   <si>
     <t>SUNIL DULE</t>
   </si>
   <si>
     <t>Construction of boundary wall and Allied works At Chakua, Uransol, Patharnala 1st and 2nd Tubewell site of public water supply schemes in Jhargram block within Jhargram District under Jhargram Division P.H.E Dte.</t>
   </si>
   <si>
     <t>ORD/000096/2024-2025</t>
   </si>
   <si>
     <t>1281/JHD</t>
   </si>
   <si>
     <t>03/09/2024</t>
   </si>
   <si>
     <t>03/10/2024</t>
   </si>
   <si>
     <t>new service connection charges at Chakua water supply scheme</t>
   </si>
   <si>
     <t>BILL/00020/2024-2025</t>
   </si>