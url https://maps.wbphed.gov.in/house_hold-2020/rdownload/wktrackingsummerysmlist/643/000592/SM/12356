--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -962,54 +962,54 @@
       <c r="I5" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P5" s="4">
         <v>20.83</v>
       </c>
       <c r="Q5" s="4">
-        <v>14.18</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>68.09</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>50</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1025,54 +1025,54 @@
       <c r="I6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P6" s="4">
         <v>168.97</v>
       </c>
       <c r="Q6" s="4">
-        <v>147.74</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>87.43</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>90</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1269,54 +1269,54 @@
       <c r="I10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P10" s="4">
         <v>161.02</v>
       </c>
       <c r="Q10" s="4">
-        <v>66.51</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>41.3</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>75</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1366,54 +1366,54 @@
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="7" t="s">
         <v>77</v>
       </c>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="11"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
       <c r="O12" s="8">
         <v>508.37</v>
       </c>
       <c r="P12" s="8">
-        <v>228.42</v>
+        <v>0</v>
       </c>
       <c r="Q12" s="8">
-        <v>44.93</v>
+        <v>0</v>
       </c>
       <c r="R12" s="8"/>
       <c r="S12" s="8"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>