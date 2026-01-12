--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -200,51 +200,51 @@
   <si>
     <t>18/07/2023</t>
   </si>
   <si>
     <t>27/03/2026</t>
   </si>
   <si>
     <t>M/S SWACH ENVIRONMENT PRIVATE LTD.</t>
   </si>
   <si>
     <t>Construction of Boundary wall &amp; allied works at 2nd Tube well site cum Head Work Site for Proposed Pipe Water Supply Scheme of Bankati and its Adjoining Mouzas PWSS , Block: - Binpur-I, District: - Jhargram {TYPE - B} (Total length 50 mtr,column size 250x250mm,3.00 M c/c ht.- 2.300mtr from G.L)</t>
   </si>
   <si>
     <t>Junior Engineer, Jhargram Sub-Division</t>
   </si>
   <si>
     <t>ORD/000091/2024-2025</t>
   </si>
   <si>
     <t>852/JSD</t>
   </si>
   <si>
     <t>03/09/2024</t>
   </si>
   <si>
-    <t>04/03/2025</t>
+    <t>03/04/2025</t>
   </si>
   <si>
     <t>NAYAN CONSTRUCTION</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>