--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -978,54 +978,54 @@
       <c r="I6" s="13" t="s">
         <v>42</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>43</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P6" s="4">
         <v>21339.76</v>
       </c>
       <c r="Q6" s="4">
-        <v>16.35</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>0.08</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>11</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1041,54 +1041,54 @@
       <c r="I7" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>51</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P7" s="4">
         <v>7215.68</v>
       </c>
       <c r="Q7" s="4">
-        <v>492.05</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>6.82</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>55</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1138,54 +1138,54 @@
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="7" t="s">
         <v>64</v>
       </c>
       <c r="B9" s="7"/>
       <c r="C9" s="7"/>
       <c r="D9" s="7"/>
       <c r="E9" s="11"/>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="14"/>
       <c r="I9" s="14"/>
       <c r="J9" s="14"/>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
       <c r="M9" s="8"/>
       <c r="N9" s="8"/>
       <c r="O9" s="8">
         <v>28647.76</v>
       </c>
       <c r="P9" s="8">
-        <v>508.4</v>
+        <v>0</v>
       </c>
       <c r="Q9" s="8">
-        <v>1.77</v>
+        <v>0</v>
       </c>
       <c r="R9" s="8"/>
       <c r="S9" s="8"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A9:N9"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>