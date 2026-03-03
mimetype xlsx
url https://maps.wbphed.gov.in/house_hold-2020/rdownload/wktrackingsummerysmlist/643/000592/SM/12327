--- v0 (2025-12-15)
+++ v1 (2026-03-03)
@@ -203,51 +203,51 @@
   <si>
     <t>ORD/000070/2023-2024</t>
   </si>
   <si>
     <t>1107/JHD</t>
   </si>
   <si>
     <t>18/07/2023</t>
   </si>
   <si>
     <t>29/04/2025</t>
   </si>
   <si>
     <t>Sinking of Tube Well, Pump House, 100 cum GLR, Rising main pipe line, Interconnection pipe line, Installation of display Board, Accommodate FHTC (1451 nos) under JJM with allied work for URNASAOL AND ITS ADJOINING MOUJAS PWSS in JHARGRAM Block including supply of all labour &amp; materials within Jhargram Sub-Division under Jhargram Division, PHE Dte. 2nd Call (Ref: 1st Call eNIT_31 of 2022-23, SL No.-3)</t>
   </si>
   <si>
     <t>ORD/000333/2023-2024</t>
   </si>
   <si>
     <t>1836/JHD</t>
   </si>
   <si>
     <t>27/10/2023</t>
   </si>
   <si>
-    <t>30/06/2025</t>
+    <t>27/12/2025</t>
   </si>
   <si>
     <t>Soil Investigation for determination the safe bearing capacity and other relevant parameters of soil for construction of Propose O.H.R. for Chakkua, Uransol PWSS in Jhargram Block within Jhargram District under Jhargram Division, P.H.E.Dte.</t>
   </si>
   <si>
     <t>ORD/000359/2024-2025</t>
   </si>
   <si>
     <t>366/JHD</t>
   </si>
   <si>
     <t>20/03/2025</t>
   </si>
   <si>
     <t>19/04/2025</t>
   </si>
   <si>
     <t>M/S. M.D. ENGINEERING &amp; SURVEYS</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
@@ -1067,54 +1067,54 @@
       <c r="I7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>58</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P7" s="4">
         <v>143.61</v>
       </c>
       <c r="Q7" s="4">
-        <v>79.44</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>55.31</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>91</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1130,54 +1130,54 @@
       <c r="I8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P8" s="4">
         <v>160.92</v>
       </c>
       <c r="Q8" s="4">
-        <v>32.59</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>20.25</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>60</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1227,54 +1227,54 @@
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="7" t="s">
         <v>70</v>
       </c>
       <c r="B10" s="7"/>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="11"/>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="14"/>
       <c r="I10" s="14"/>
       <c r="J10" s="14"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
       <c r="M10" s="8"/>
       <c r="N10" s="8"/>
       <c r="O10" s="8">
         <v>444.38</v>
       </c>
       <c r="P10" s="8">
-        <v>112.03</v>
+        <v>0</v>
       </c>
       <c r="Q10" s="8">
-        <v>25.21</v>
+        <v>0</v>
       </c>
       <c r="R10" s="8"/>
       <c r="S10" s="8"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A10:N10"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>