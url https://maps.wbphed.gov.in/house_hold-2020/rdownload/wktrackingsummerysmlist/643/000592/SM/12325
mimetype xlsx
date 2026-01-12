--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -209,102 +209,117 @@
   <si>
     <t>25/JMD</t>
   </si>
   <si>
     <t>24/04/2024</t>
   </si>
   <si>
     <t>Pump House , Rising main pipe line, Interconnection pipe line, Laying distribution pipe line, Installation of display Board, Accommodate FHTC (336 nos) under JJM with allied work for PANCHAMI AND IT'S ADJOINING MOUJAS PWSS in JHARGRAM Block including supply of all labour &amp; materials within Jhargram Sub-Division under Jhargram Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000142/2023-2024</t>
   </si>
   <si>
     <t>1325/JHD</t>
   </si>
   <si>
     <t>10/08/2023</t>
   </si>
   <si>
     <t>08/11/2023</t>
   </si>
   <si>
     <t>DIVINE</t>
   </si>
   <si>
-    <t>Construction of Boundary wall and allied works at 1st. Tube well site of Panchami and its adjoining mouzas Pipe Water Supply Scheme within Jhargram Block under Jhargram Division, P.H.E.Dte (Total length 100 mtr,column size 250x250mm,3.00 M c/c ht.- 2.300mtr from G.L)</t>
-[...16 lines deleted...]
-  <si>
     <t>Construction of 150 cum OHR, Laying distribution pipe line, soil investigation for PANCHAMI AND ITS ADJOINING MOUJAS PWSS in JHARGRAM Block including supply of all labour and materials within Jhargram Sub-Division under Jhargram Division, PHE Dte. 5th Call (Ref: 1st Call eNIT_16 of 2022-23, SL No.-1 and 2nd Call eNIT_37 of 2023-24, SL No.-1, 3rd Call eNIT_13 of 2023-24, SL No.-1, 4th Call eNIT_22 of 2023-24, SL No.-2)</t>
   </si>
   <si>
     <t>ORD/000016/2024-2025</t>
   </si>
   <si>
     <t>987/JHD</t>
   </si>
   <si>
     <t>16/07/2024</t>
   </si>
   <si>
     <t>10/08/2025</t>
   </si>
   <si>
     <t>SRIKANTA MONDAL</t>
   </si>
   <si>
     <t>Trial run for PANCHAMI AND ADJOINING MOUZAS PWSS scheme within Jhargram Block under Jhargram Division, PHE Dte. for 3 months.</t>
   </si>
   <si>
     <t>ORD/000003/2025-2026</t>
   </si>
   <si>
     <t>732/JHD</t>
   </si>
   <si>
     <t>02/04/2025</t>
   </si>
   <si>
     <t>02/07/2025</t>
   </si>
   <si>
     <t>SUNIL DULE</t>
+  </si>
+  <si>
+    <t>Laying distribution pipe line, Accommodate FHTC (200 nos) for PANCHAMI AND ITS ADJOINING MOUJAS PWSS in JHARGRAM Block including supply of all labour and materials within Jhargram Sub-Division under Jhargram Division, PHE Dte. (2nd Call)</t>
+  </si>
+  <si>
+    <t>ORD/000037/2023-2024</t>
+  </si>
+  <si>
+    <t>883/JHD</t>
+  </si>
+  <si>
+    <t>08/06/2023</t>
+  </si>
+  <si>
+    <t>04/06/2025</t>
+  </si>
+  <si>
+    <t>PALCON</t>
+  </si>
+  <si>
+    <t>Sinking of Tube Well , Laying distribution pipe line, Accommodate FHTC (400 nos) under JJM with allied work for PANCHAMI AND ITS ADJOINING MOUJAS PWSS in JHARGRAM Block including supply of all labour and materials within Jhargram Sub-Division under Jhargram Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000009/2023-2024</t>
+  </si>
+  <si>
+    <t>646/JHD</t>
+  </si>
+  <si>
+    <t>11/05/2023</t>
+  </si>
+  <si>
+    <t>09/08/2023</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -693,51 +708,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W13"/>
+  <dimension ref="A1:W14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="34.134521" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1280,60 +1295,60 @@
       <c r="H10" s="13" t="s">
         <v>65</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>69</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P10" s="4">
-        <v>3.75</v>
+        <v>79.97</v>
       </c>
       <c r="Q10" s="4">
         <v>0</v>
       </c>
       <c r="R10" s="4">
         <v>0</v>
       </c>
       <c r="S10" s="4">
-        <v>100</v>
+        <v>45</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>24</v>
       </c>
@@ -1343,60 +1358,60 @@
       <c r="H11" s="13" t="s">
         <v>71</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="P11" s="4">
-        <v>79.97</v>
+        <v>0.7</v>
       </c>
       <c r="Q11" s="4">
         <v>0</v>
       </c>
       <c r="R11" s="4">
         <v>0</v>
       </c>
       <c r="S11" s="4">
-        <v>45</v>
+        <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>24</v>
       </c>
@@ -1406,104 +1421,167 @@
       <c r="H12" s="13" t="s">
         <v>77</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P12" s="4">
-        <v>0.7</v>
+        <v>51.64</v>
       </c>
       <c r="Q12" s="4">
-        <v>0</v>
+        <v>32.09</v>
       </c>
       <c r="R12" s="4">
-        <v>0</v>
+        <v>62.14</v>
       </c>
       <c r="S12" s="4">
-        <v>0</v>
+        <v>98</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
-      <c r="A13" s="7" t="s">
+      <c r="A13" s="3">
+        <v>11</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D13" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="E13" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H13" s="13" t="s">
         <v>83</v>
       </c>
-      <c r="B13" s="7"/>
-[...22 lines deleted...]
-      <c r="S13" s="8"/>
+      <c r="I13" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="J13" s="13" t="s">
+        <v>49</v>
+      </c>
+      <c r="K13" s="4" t="s">
+        <v>84</v>
+      </c>
+      <c r="L13" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="M13" s="4" t="s">
+        <v>86</v>
+      </c>
+      <c r="N13" s="4" t="s">
+        <v>87</v>
+      </c>
+      <c r="O13" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="P13" s="4">
+        <v>79.43</v>
+      </c>
+      <c r="Q13" s="4">
+        <v>66.71</v>
+      </c>
+      <c r="R13" s="4">
+        <v>83.99</v>
+      </c>
+      <c r="S13" s="4">
+        <v>90</v>
+      </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
+    <row r="14" spans="1:23">
+      <c r="A14" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="B14" s="7"/>
+      <c r="C14" s="7"/>
+      <c r="D14" s="7"/>
+      <c r="E14" s="11"/>
+      <c r="F14" s="7"/>
+      <c r="G14" s="7"/>
+      <c r="H14" s="14"/>
+      <c r="I14" s="14"/>
+      <c r="J14" s="14"/>
+      <c r="K14" s="8"/>
+      <c r="L14" s="8"/>
+      <c r="M14" s="8"/>
+      <c r="N14" s="8"/>
+      <c r="O14" s="8">
+        <v>363.93</v>
+      </c>
+      <c r="P14" s="8">
+        <v>159.61</v>
+      </c>
+      <c r="Q14" s="8">
+        <v>43.86</v>
+      </c>
+      <c r="R14" s="8"/>
+      <c r="S14" s="8"/>
+      <c r="T14" s="1"/>
+      <c r="U14" s="1"/>
+      <c r="V14" s="1"/>
+      <c r="W14" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A13:N13"/>
+    <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>