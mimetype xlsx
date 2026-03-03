--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -1050,54 +1050,54 @@
       <c r="I6" s="13" t="s">
         <v>40</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P6" s="4">
         <v>20.76</v>
       </c>
       <c r="Q6" s="4">
-        <v>17.12</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>82.44</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>70</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1235,54 +1235,54 @@
       <c r="I9" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="P9" s="4">
         <v>71.48</v>
       </c>
       <c r="Q9" s="4">
-        <v>43.7</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>61.13</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1424,54 +1424,54 @@
       <c r="I12" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P12" s="4">
         <v>51.64</v>
       </c>
       <c r="Q12" s="4">
-        <v>32.09</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>62.14</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>98</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1487,88 +1487,88 @@
       <c r="I13" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>76</v>
       </c>
       <c r="P13" s="4">
         <v>79.43</v>
       </c>
       <c r="Q13" s="4">
-        <v>66.71</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>83.99</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>90</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="7" t="s">
         <v>88</v>
       </c>
       <c r="B14" s="7"/>
       <c r="C14" s="7"/>
       <c r="D14" s="7"/>
       <c r="E14" s="11"/>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="8"/>
       <c r="N14" s="8"/>
       <c r="O14" s="8">
         <v>363.93</v>
       </c>
       <c r="P14" s="8">
-        <v>159.61</v>
+        <v>0</v>
       </c>
       <c r="Q14" s="8">
-        <v>43.86</v>
+        <v>0</v>
       </c>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A14:N14"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>