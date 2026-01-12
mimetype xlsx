--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -218,51 +218,51 @@
   <si>
     <t>BP-2023-24-389</t>
   </si>
   <si>
     <t>10/01/2024</t>
   </si>
   <si>
     <t>Laying of Distribution pipe line and FHTC work for Augmentation of Ground water based Water Supply for Dahijuri to accommodate FHTC under Binpur-I Block within Jhargram District under Jhargram Division, PHE De.</t>
   </si>
   <si>
     <t>Assistant Engineer,Assistant Engineer, Jhargram Sub-Division</t>
   </si>
   <si>
     <t>Junior Engineer Binpur-I block,Junior Engineer-III</t>
   </si>
   <si>
     <t>ORD/000102/2022-2023</t>
   </si>
   <si>
     <t>619/JHD</t>
   </si>
   <si>
     <t>25/11/2022</t>
   </si>
   <si>
-    <t>25/12/2022</t>
+    <t>01/02/2025</t>
   </si>
   <si>
     <t>UTTAM KUMAR DAS</t>
   </si>
   <si>
     <t>SPECIAL REPAIR AND RENOVATION OF PUMP HOUSE NO I &amp; II FOR DAHIJURI PWSS WITHIN JHARGRAM SUB DIVISION UNDER JHARGRAM DIVISION, PHE DTE.</t>
   </si>
   <si>
     <t>Assistant Engineer, Jhargram Sub-Division</t>
   </si>
   <si>
     <t>Junior Engineer Binpur-I block,Junior Engineer, Jhargram Sub-Division</t>
   </si>
   <si>
     <t>ORD/000101/2025-2026</t>
   </si>
   <si>
     <t>434/JSD</t>
   </si>
   <si>
     <t>08/05/2025</t>
   </si>
   <si>
     <t>15/05/2025</t>
   </si>