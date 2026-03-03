--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -839,54 +839,54 @@
         <v>25</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="P3" s="4">
         <v>3.31</v>
       </c>
       <c r="Q3" s="4">
-        <v>3.31</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>1</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -957,54 +957,54 @@
       <c r="I5" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P5" s="4">
         <v>9.57</v>
       </c>
       <c r="Q5" s="4">
-        <v>6.08</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>63.47</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>50</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1018,54 +1018,54 @@
       <c r="I6" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P6" s="4">
         <v>2.36</v>
       </c>
       <c r="Q6" s="4">
-        <v>2.36</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>99.96</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>37</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1079,54 +1079,54 @@
       <c r="I7" s="13" t="s">
         <v>39</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>40</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="P7" s="4">
         <v>9.68</v>
       </c>
       <c r="Q7" s="4">
-        <v>9.66</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>99.75</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1197,54 +1197,54 @@
       <c r="I9" s="13" t="s">
         <v>63</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>64</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>69</v>
       </c>
       <c r="P9" s="4">
         <v>128.45</v>
       </c>
       <c r="Q9" s="4">
-        <v>96.29</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>74.97</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>80</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1292,54 +1292,54 @@
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
         <v>78</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>171.54</v>
       </c>
       <c r="P11" s="8">
-        <v>117.7</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>68.61</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>