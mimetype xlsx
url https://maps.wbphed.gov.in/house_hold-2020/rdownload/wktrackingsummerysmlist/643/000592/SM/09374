--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -1056,54 +1056,54 @@
         <v>33</v>
       </c>
       <c r="I5" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J5" s="13"/>
       <c r="K5" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P5" s="4">
         <v>0.93</v>
       </c>
       <c r="Q5" s="4">
-        <v>0.05</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>5.56</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1231,54 +1231,54 @@
       <c r="I8" s="13" t="s">
         <v>50</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>51</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P8" s="4">
         <v>7.27</v>
       </c>
       <c r="Q8" s="4">
-        <v>6.44</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>88.58</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>75</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1292,54 +1292,54 @@
       <c r="I9" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P9" s="4">
         <v>16.16</v>
       </c>
       <c r="Q9" s="4">
-        <v>7.75</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>47.97</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>95</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>48</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1536,54 +1536,54 @@
       <c r="I13" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>71</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P13" s="4">
         <v>9.36</v>
       </c>
       <c r="Q13" s="4">
-        <v>8.24</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>87.95</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1597,54 +1597,54 @@
       <c r="I14" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>71</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>90</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>91</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>92</v>
       </c>
       <c r="P14" s="4">
         <v>0.93</v>
       </c>
       <c r="Q14" s="4">
-        <v>0.93</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>48</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1829,88 +1829,88 @@
       <c r="I18" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>71</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>108</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>109</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>110</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>111</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>112</v>
       </c>
       <c r="P18" s="4">
         <v>321.65</v>
       </c>
       <c r="Q18" s="4">
-        <v>247.76</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>77.03</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>60</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="7" t="s">
         <v>113</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="11"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8">
         <v>449.76</v>
       </c>
       <c r="P19" s="8">
-        <v>271.18</v>
+        <v>0</v>
       </c>
       <c r="Q19" s="8">
-        <v>60.29</v>
+        <v>0</v>
       </c>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>