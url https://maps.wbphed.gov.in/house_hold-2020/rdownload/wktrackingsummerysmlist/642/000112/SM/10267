--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -1203,54 +1203,54 @@
       </c>
       <c r="H10" s="13" t="s">
         <v>56</v>
       </c>
       <c r="I10" s="13"/>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P10" s="4">
         <v>62.3</v>
       </c>
       <c r="Q10" s="4">
-        <v>1.74</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>2.79</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1294,54 +1294,54 @@
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="7" t="s">
         <v>67</v>
       </c>
       <c r="B12" s="7"/>
       <c r="C12" s="7"/>
       <c r="D12" s="7"/>
       <c r="E12" s="11"/>
       <c r="F12" s="7"/>
       <c r="G12" s="7"/>
       <c r="H12" s="14"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
       <c r="M12" s="8"/>
       <c r="N12" s="8"/>
       <c r="O12" s="8">
         <v>177.4</v>
       </c>
       <c r="P12" s="8">
-        <v>1.74</v>
+        <v>0</v>
       </c>
       <c r="Q12" s="8">
-        <v>0.98</v>
+        <v>0</v>
       </c>
       <c r="R12" s="8"/>
       <c r="S12" s="8"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A12:N12"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>