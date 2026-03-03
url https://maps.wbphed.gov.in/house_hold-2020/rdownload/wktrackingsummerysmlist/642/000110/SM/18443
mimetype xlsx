--- v0 (2025-12-18)
+++ v1 (2026-03-03)
@@ -1245,54 +1245,54 @@
       <c r="I7" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>45</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="P7" s="4">
         <v>173</v>
       </c>
       <c r="Q7" s="4">
-        <v>115.65</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>66.85</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>85</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1308,54 +1308,54 @@
       <c r="I8" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>51</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P8" s="4">
         <v>282.37</v>
       </c>
       <c r="Q8" s="4">
-        <v>164.16</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>58.14</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>65</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1371,54 +1371,54 @@
       <c r="I9" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>51</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P9" s="4">
         <v>142.71</v>
       </c>
       <c r="Q9" s="4">
-        <v>15.05</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>10.55</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>70</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1434,54 +1434,54 @@
       <c r="I10" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>37</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P10" s="4">
         <v>23.81</v>
       </c>
       <c r="Q10" s="4">
-        <v>16.85</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>70.79</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>95</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1552,54 +1552,54 @@
       </c>
       <c r="H12" s="13" t="s">
         <v>73</v>
       </c>
       <c r="I12" s="13"/>
       <c r="J12" s="13"/>
       <c r="K12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>76</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P12" s="4">
         <v>179.69</v>
       </c>
       <c r="Q12" s="4">
-        <v>0.43</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>0.24</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>80</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1741,54 +1741,54 @@
       <c r="I15" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>51</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>47</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="P15" s="4">
         <v>108.29</v>
       </c>
       <c r="Q15" s="4">
-        <v>60.29</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>55.68</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
@@ -2052,54 +2052,54 @@
       </c>
       <c r="H20" s="13" t="s">
         <v>111</v>
       </c>
       <c r="I20" s="13"/>
       <c r="J20" s="13"/>
       <c r="K20" s="4" t="s">
         <v>112</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>113</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>114</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>115</v>
       </c>
       <c r="P20" s="4">
         <v>117.35</v>
       </c>
       <c r="Q20" s="4">
-        <v>18.08</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>15.41</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>80</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>23</v>
       </c>
@@ -2275,54 +2275,54 @@
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="7" t="s">
         <v>132</v>
       </c>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="11"/>
       <c r="F24" s="7"/>
       <c r="G24" s="7"/>
       <c r="H24" s="14"/>
       <c r="I24" s="14"/>
       <c r="J24" s="14"/>
       <c r="K24" s="8"/>
       <c r="L24" s="8"/>
       <c r="M24" s="8"/>
       <c r="N24" s="8"/>
       <c r="O24" s="8">
         <v>3165.64</v>
       </c>
       <c r="P24" s="8">
-        <v>390.53</v>
+        <v>0</v>
       </c>
       <c r="Q24" s="8">
-        <v>12.34</v>
+        <v>0</v>
       </c>
       <c r="R24" s="8"/>
       <c r="S24" s="8"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A24:N24"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>