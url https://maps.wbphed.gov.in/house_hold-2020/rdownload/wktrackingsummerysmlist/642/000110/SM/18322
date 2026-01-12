--- v0 (2025-12-16)
+++ v1 (2026-01-12)
@@ -161,51 +161,51 @@
   <si>
     <t>167/NKWSMD</t>
   </si>
   <si>
     <t>31/01/2024</t>
   </si>
   <si>
     <t>31/03/2024</t>
   </si>
   <si>
     <t>WATER SUPPLY SCHEME FOR ICCHA KHASAMAHAL PIPED WATER SUPPLY SCHEME IN KALIMPONG-I BLOCK, UNDER KALIMPONG DISTRICT.</t>
   </si>
   <si>
     <t>Junior Engineer IV</t>
   </si>
   <si>
     <t>ORD/000095/2023-2024</t>
   </si>
   <si>
     <t>722/NKWSMD</t>
   </si>
   <si>
     <t>18/07/2023</t>
   </si>
   <si>
-    <t>17/07/2024</t>
+    <t>17/07/2026</t>
   </si>
   <si>
     <t>M/S. ASHOK KUMAR PERIWAL</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>