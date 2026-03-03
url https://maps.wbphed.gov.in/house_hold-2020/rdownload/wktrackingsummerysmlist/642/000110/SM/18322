--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -821,54 +821,54 @@
       <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>0.39</v>
       </c>
       <c r="Q4" s="4">
-        <v>0.39</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -884,54 +884,54 @@
       <c r="I5" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P5" s="4">
         <v>0.39</v>
       </c>
       <c r="Q5" s="4">
-        <v>0.39</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>99</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -981,54 +981,54 @@
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="7" t="s">
         <v>51</v>
       </c>
       <c r="B7" s="7"/>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="11"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="14"/>
       <c r="I7" s="14"/>
       <c r="J7" s="14"/>
       <c r="K7" s="8"/>
       <c r="L7" s="8"/>
       <c r="M7" s="8"/>
       <c r="N7" s="8"/>
       <c r="O7" s="8">
         <v>928</v>
       </c>
       <c r="P7" s="8">
-        <v>0.79</v>
+        <v>0</v>
       </c>
       <c r="Q7" s="8">
-        <v>0.08</v>
+        <v>0</v>
       </c>
       <c r="R7" s="8"/>
       <c r="S7" s="8"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A7:N7"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>