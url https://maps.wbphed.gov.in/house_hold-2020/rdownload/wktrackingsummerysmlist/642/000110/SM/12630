--- v0 (2025-12-15)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -126,68 +126,50 @@
     <t>28/11/2022</t>
   </si>
   <si>
     <t>27/01/2023</t>
   </si>
   <si>
     <t>THE ELECTRIC SPHERE</t>
   </si>
   <si>
     <t>PROPOSED GRAVITY Based &amp; Pumping Based piped water supply scheme, work includes construction of Catchment chamber. Desilting tank. RCC Tank (Main Tank and Zonal Tank) ,Laying of gravity main HDPE PIPE, distribution HDPE pipe, and construction of Switch Room , boundary wall under 5 nos of zone inside the Kashone Khasmahal under Kashone Gram Panchayat , under Kalimpong Block -II , under Kalimpong District.</t>
   </si>
   <si>
     <t>ORD/000234/2022-2023</t>
   </si>
   <si>
     <t>1450/NKWSMD</t>
   </si>
   <si>
     <t>29/09/2022</t>
   </si>
   <si>
     <t>31/08/2025</t>
   </si>
   <si>
     <t>GARGO TRADERS</t>
-  </si>
-[...16 lines deleted...]
-    <t>GETEN NAMGYAL BHUTIA</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -576,73 +558,73 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W6"/>
+  <dimension ref="A1:W5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="30.563965" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="24.708252" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="23.422852" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="P1" s="2"/>
@@ -810,146 +792,87 @@
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>869.52</v>
       </c>
       <c r="Q4" s="4">
         <v>685.16</v>
       </c>
       <c r="R4" s="4">
         <v>78.8</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
-      <c r="A5" s="3">
-[...20 lines deleted...]
-      <c r="H5" s="13" t="s">
+      <c r="A5" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="I5" s="13"/>
-[...27 lines deleted...]
-      </c>
+      <c r="B5" s="7"/>
+      <c r="C5" s="7"/>
+      <c r="D5" s="7"/>
+      <c r="E5" s="11"/>
+      <c r="F5" s="7"/>
+      <c r="G5" s="7"/>
+      <c r="H5" s="14"/>
+      <c r="I5" s="14"/>
+      <c r="J5" s="14"/>
+      <c r="K5" s="8"/>
+      <c r="L5" s="8"/>
+      <c r="M5" s="8"/>
+      <c r="N5" s="8"/>
+      <c r="O5" s="8">
+        <v>888.8</v>
+      </c>
+      <c r="P5" s="8">
+        <v>685.16</v>
+      </c>
+      <c r="Q5" s="8">
+        <v>77.09</v>
+      </c>
+      <c r="R5" s="8"/>
+      <c r="S5" s="8"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
-    <row r="6" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A6:N6"/>
+    <mergeCell ref="A5:N5"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>