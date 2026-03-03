--- v1 (2026-01-12)
+++ v2 (2026-03-03)
@@ -778,88 +778,88 @@
       </c>
       <c r="H4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="I4" s="13"/>
       <c r="J4" s="13"/>
       <c r="K4" s="4" t="s">
         <v>33</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P4" s="4">
         <v>869.52</v>
       </c>
       <c r="Q4" s="4">
-        <v>685.16</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>78.8</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="7" t="s">
         <v>38</v>
       </c>
       <c r="B5" s="7"/>
       <c r="C5" s="7"/>
       <c r="D5" s="7"/>
       <c r="E5" s="11"/>
       <c r="F5" s="7"/>
       <c r="G5" s="7"/>
       <c r="H5" s="14"/>
       <c r="I5" s="14"/>
       <c r="J5" s="14"/>
       <c r="K5" s="8"/>
       <c r="L5" s="8"/>
       <c r="M5" s="8"/>
       <c r="N5" s="8"/>
       <c r="O5" s="8">
         <v>888.8</v>
       </c>
       <c r="P5" s="8">
-        <v>685.16</v>
+        <v>0</v>
       </c>
       <c r="Q5" s="8">
-        <v>77.09</v>
+        <v>0</v>
       </c>
       <c r="R5" s="8"/>
       <c r="S5" s="8"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A5:N5"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>