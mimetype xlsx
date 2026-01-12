--- v0 (2025-12-14)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="127">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -273,50 +273,53 @@
     <t>New Service Connection Charges For Aug of Dalimpur Zone-III PH NO-I under NMD-II</t>
   </si>
   <si>
     <t>BILL/01892/2024-2025</t>
   </si>
   <si>
     <t>BP-425/24-25</t>
   </si>
   <si>
     <t>New Service Connection Charges for Aug of Dalimpur Zone-I PH NO-II under NMD-II</t>
   </si>
   <si>
     <t>BILL/01890/2024-2025</t>
   </si>
   <si>
     <t>BP-424/24-25</t>
   </si>
   <si>
     <t>Construction of 400cum OHR for DALIMPUR ZONE-I Water Supply Scheme under Alipurduar Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000161/2023-2024</t>
   </si>
   <si>
     <t>968/ALD</t>
+  </si>
+  <si>
+    <t>28/12/2025</t>
   </si>
   <si>
     <t>Construction of Pump House, Boundary Wall, Tube well Boring by Reverse Rotary Method of drilling including Rising Main at H/W site and 2nd site for Dalimpur Zone-III PWSS Under Alipurduar Division PHE DTE.</t>
   </si>
   <si>
     <t>ORD/000164/2023-2024</t>
   </si>
   <si>
     <t>967/ALD</t>
   </si>
   <si>
     <t>31/07/2025</t>
   </si>
   <si>
     <t>Supply, delivery, installation, commissioning and trial run of electro-mechanical components along with Cu wound line voltage corrector for AUGUMENTATION OF DALIMPUR water supply scheme, TW no I and II of Zone - I and TW no I and II of Zone - II and TW no I and II of Zone - III under Jal Jeevan Mission under NMD-II, PHE Dte. Alipurduar.</t>
   </si>
   <si>
     <t>Assistant Engineer,Alipurduar Mechanical Sub-Division,P</t>
   </si>
   <si>
     <t>Junior Engineer 1, Northern Mechanical Division-II,PHE</t>
   </si>
   <si>
     <t>ORD/000875/2023-2024</t>
   </si>
@@ -1692,502 +1695,502 @@
       <c r="F15" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="13" t="s">
         <v>84</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N15" s="4" t="s">
-        <v>36</v>
+        <v>87</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>37</v>
       </c>
       <c r="P15" s="4">
         <v>77.28</v>
       </c>
       <c r="Q15" s="4">
         <v>28.26</v>
       </c>
       <c r="R15" s="4">
         <v>36.57</v>
       </c>
       <c r="S15" s="4">
         <v>60</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H16" s="13" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K16" s="4" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="L16" s="4" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N16" s="4" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>52</v>
       </c>
       <c r="P16" s="4">
         <v>45.9</v>
       </c>
       <c r="Q16" s="4">
         <v>44.65</v>
       </c>
       <c r="R16" s="4">
         <v>97.27</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>72</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H17" s="13" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="I17" s="13" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="J17" s="13" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="K17" s="4" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="L17" s="4" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N17" s="4" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="O17" s="4" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="P17" s="4">
         <v>65.55</v>
       </c>
       <c r="Q17" s="4">
         <v>7.99</v>
       </c>
       <c r="R17" s="4">
         <v>12.19</v>
       </c>
       <c r="S17" s="4">
         <v>35</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H18" s="13" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K18" s="4" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="L18" s="4" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="M18" s="4" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="N18" s="4" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="O18" s="4" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="P18" s="4">
         <v>28.8</v>
       </c>
       <c r="Q18" s="4">
         <v>9.96</v>
       </c>
       <c r="R18" s="4">
         <v>34.59</v>
       </c>
       <c r="S18" s="4">
         <v>45</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H19" s="13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K19" s="4" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="L19" s="4" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="M19" s="4" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="N19" s="4" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="O19" s="4" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P19" s="4">
         <v>199.7</v>
       </c>
       <c r="Q19" s="4">
         <v>117.92</v>
       </c>
       <c r="R19" s="4">
         <v>59.05</v>
       </c>
       <c r="S19" s="4">
         <v>80</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H20" s="13" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K20" s="4" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="L20" s="4" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N20" s="4" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>63</v>
       </c>
       <c r="P20" s="4">
         <v>41.61</v>
       </c>
       <c r="Q20" s="4">
         <v>0</v>
       </c>
       <c r="R20" s="4">
         <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>40</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G21" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H21" s="13" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K21" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="L21" s="4" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M21" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="N21" s="4" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="O21" s="4" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P21" s="4">
         <v>55.82</v>
       </c>
       <c r="Q21" s="4">
         <v>0</v>
       </c>
       <c r="R21" s="4">
         <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>80</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H22" s="13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K22" s="4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L22" s="4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M22" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="N22" s="4" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="O22" s="4" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="P22" s="4">
         <v>55.35</v>
       </c>
       <c r="Q22" s="4">
         <v>0</v>
       </c>
       <c r="R22" s="4">
         <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>10</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="7" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
       <c r="E23" s="11"/>
       <c r="F23" s="7"/>
       <c r="G23" s="7"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
       <c r="J23" s="14"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
       <c r="M23" s="8"/>
       <c r="N23" s="8"/>
       <c r="O23" s="8">
         <v>985.88</v>
       </c>
       <c r="P23" s="8">
         <v>516.15</v>
       </c>
       <c r="Q23" s="8">
         <v>52.35</v>
       </c>
       <c r="R23" s="8"/>
       <c r="S23" s="8"/>