--- v0 (2025-12-14)
+++ v1 (2026-01-12)
@@ -140,120 +140,120 @@
   <si>
     <t>Material Requisition To Resource Division</t>
   </si>
   <si>
     <t>RTOR000039/2023-2024</t>
   </si>
   <si>
     <t>1478/ALD</t>
   </si>
   <si>
     <t>16/08/2023</t>
   </si>
   <si>
     <t>Resource Division</t>
   </si>
   <si>
     <t>RTOR000062/2023-2024</t>
   </si>
   <si>
     <t>2772/ALD</t>
   </si>
   <si>
     <t>18/12/2023</t>
   </si>
   <si>
+    <t>Supply of CIDF/CIPE Pipes and Special &amp; CI Jeffy Coupling for Tasati TG Water Supply Scheme under Alipurduar Division P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000485/2023-2024</t>
+  </si>
+  <si>
+    <t>741/ALD</t>
+  </si>
+  <si>
+    <t>12/03/2024</t>
+  </si>
+  <si>
+    <t>11/04/2024</t>
+  </si>
+  <si>
+    <t>MADHAB SAHA</t>
+  </si>
+  <si>
+    <t>RTOR000020/2024-2025</t>
+  </si>
+  <si>
+    <t>3954/ALD</t>
+  </si>
+  <si>
+    <t>26/11/2024</t>
+  </si>
+  <si>
+    <t>Northern Mechanical Division II</t>
+  </si>
+  <si>
+    <t>NEW SERVICE CONNECTION CHARGES FOR TASTI TG ( NEAR- FOOTBALL MATH) PWSS PH NO-II</t>
+  </si>
+  <si>
+    <t>BILL/00619/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-142/24-25</t>
+  </si>
+  <si>
+    <t>11/06/2024</t>
+  </si>
+  <si>
+    <t>WBSEDCL</t>
+  </si>
+  <si>
+    <t>NEW SERVICE CONNECTION CHARGES FOR TASTI TG (NEAR-RATION SHOP) PWSS PH NO-I.</t>
+  </si>
+  <si>
+    <t>BILL/00620/2024-2025</t>
+  </si>
+  <si>
+    <t>BP-143/24-25</t>
+  </si>
+  <si>
     <t>Construction of tube wells (2 nos.) by Reverse rotary method of drilling at HW site and 2nd TW site , constructions of 200 Cum OHR at HW including soil investigation, construction of pump house and boundary wall at H/W and 2nd site, laying of rising main, distribution line and providing FHTC as per Departmental Design &amp; drawing for Tasti Tea Garden PWSS Under Birpara Subdivision, Alipurduar Division PHE DTE.(2nd call)</t>
   </si>
   <si>
     <t>Birpara A.E</t>
   </si>
   <si>
     <t>ORD/000170/2023-2024</t>
   </si>
   <si>
     <t>975/ALD</t>
   </si>
   <si>
     <t>12/07/2023</t>
   </si>
   <si>
-    <t>01/05/2025</t>
-[...53 lines deleted...]
-    <t>BP-143/24-25</t>
+    <t>01/04/2026</t>
   </si>
   <si>
     <t>Supply, delivery, installation, commissioning andtrial run of electro-mechanical components alongwith Cu wound line voltage corrector forRejuvenation of TASTI T.G water supply scheme,TW no I AND II under JJM under NMD-II,PHE Dte.APD.</t>
   </si>
   <si>
     <t>Assistant Engineer,Alipurduar Mechanical Sub-Division,P</t>
   </si>
   <si>
     <t>Junior Engineer 1, Northern Mechanical Division-II,PHE</t>
   </si>
   <si>
     <t>ORD/000938/2023-2024</t>
   </si>
   <si>
     <t>2542/NMD-II</t>
   </si>
   <si>
     <t>15/09/2023</t>
   </si>
   <si>
     <t>Supplying and Laying of Water supply line (using HDD/micro tunneling machine) for supply of drinking water in different areas of Alipurduar district under Alipurduar Division PHE Dte.</t>
   </si>
   <si>
     <t>Birpara A.E,HQ-A.E</t>
   </si>
@@ -1066,372 +1066,372 @@
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="13" t="s">
         <v>42</v>
       </c>
       <c r="I6" s="13" t="s">
-        <v>43</v>
+        <v>27</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="L6" s="4" t="s">
         <v>44</v>
       </c>
-      <c r="L6" s="4" t="s">
+      <c r="M6" s="4" t="s">
         <v>45</v>
       </c>
-      <c r="M6" s="4" t="s">
+      <c r="N6" s="4" t="s">
         <v>46</v>
       </c>
-      <c r="N6" s="4" t="s">
+      <c r="O6" s="4" t="s">
         <v>47</v>
       </c>
-      <c r="O6" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P6" s="4">
-        <v>298.87</v>
+        <v>12.19</v>
       </c>
       <c r="Q6" s="4">
-        <v>95.05</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>31.8</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G7" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H7" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="I7" s="13"/>
+      <c r="J7" s="13"/>
+      <c r="K7" s="4" t="s">
+        <v>48</v>
+      </c>
+      <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
-      <c r="I7" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K7" s="4" t="s">
+      <c r="M7" s="4" t="s">
         <v>50</v>
       </c>
-      <c r="L7" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N7" s="4" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="O7" s="4" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="P7" s="4">
-        <v>12.19</v>
+        <v>7.29</v>
       </c>
       <c r="Q7" s="4">
         <v>0</v>
       </c>
       <c r="R7" s="4">
         <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G8" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H8" s="13" t="s">
-        <v>34</v>
+        <v>52</v>
       </c>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
+        <v>53</v>
+      </c>
+      <c r="L8" s="4" t="s">
         <v>54</v>
       </c>
-      <c r="L8" s="4" t="s">
+      <c r="M8" s="4" t="s">
         <v>55</v>
       </c>
-      <c r="M8" s="4" t="s">
+      <c r="N8" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="O8" s="4" t="s">
         <v>56</v>
       </c>
-      <c r="N8" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P8" s="4">
-        <v>7.29</v>
+        <v>5.12</v>
       </c>
       <c r="Q8" s="4">
         <v>0</v>
       </c>
       <c r="R8" s="4">
         <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H9" s="13" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="I9" s="13"/>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
+        <v>58</v>
+      </c>
+      <c r="L9" s="4" t="s">
         <v>59</v>
       </c>
-      <c r="L9" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M9" s="4" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="N9" s="4" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="P9" s="4">
-        <v>5.12</v>
+        <v>4.53</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
-        <v>57</v>
+        <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="13" t="s">
+        <v>60</v>
+      </c>
+      <c r="I10" s="13" t="s">
+        <v>61</v>
+      </c>
+      <c r="J10" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="K10" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="L10" s="4" t="s">
         <v>63</v>
       </c>
-      <c r="I10" s="13"/>
-[...1 lines deleted...]
-      <c r="K10" s="4" t="s">
+      <c r="M10" s="4" t="s">
         <v>64</v>
       </c>
-      <c r="L10" s="4" t="s">
+      <c r="N10" s="4" t="s">
         <v>65</v>
       </c>
-      <c r="M10" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O10" s="4" t="s">
-        <v>62</v>
+        <v>47</v>
       </c>
       <c r="P10" s="4">
-        <v>4.53</v>
+        <v>298.87</v>
       </c>
       <c r="Q10" s="4">
-        <v>0</v>
+        <v>95.05</v>
       </c>
       <c r="R10" s="4">
-        <v>0</v>
+        <v>31.8</v>
       </c>
       <c r="S10" s="4">
-        <v>0</v>
+        <v>15</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G11" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H11" s="13" t="s">
         <v>66</v>
       </c>
       <c r="I11" s="13" t="s">
         <v>67</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>68</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>69</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="O11" s="4" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="P11" s="4">
         <v>21.86</v>
       </c>
       <c r="Q11" s="4">
         <v>4.37</v>
       </c>
       <c r="R11" s="4">
         <v>19.97</v>
       </c>
       <c r="S11" s="4">
         <v>50</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
@@ -1480,51 +1480,51 @@
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>65</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H13" s="13" t="s">
         <v>80</v>
       </c>
       <c r="I13" s="13" t="s">
         <v>67</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>68</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>82</v>
       </c>
@@ -1543,51 +1543,51 @@
       <c r="Q13" s="4">
         <v>0</v>
       </c>
       <c r="R13" s="4">
         <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H14" s="13" t="s">
         <v>86</v>
       </c>
       <c r="I14" s="13" t="s">
         <v>67</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>87</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>89</v>
       </c>
@@ -1621,51 +1621,51 @@
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H15" s="13" t="s">
         <v>93</v>
       </c>
       <c r="I15" s="13" t="s">
-        <v>43</v>
+        <v>61</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>94</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>98</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P15" s="4">
         <v>18.13</v>
       </c>
       <c r="Q15" s="4">
         <v>0</v>
       </c>