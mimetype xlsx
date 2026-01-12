--- v0 (2025-12-14)
+++ v1 (2026-01-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -387,50 +387,71 @@
     <t>19/05/2025</t>
   </si>
   <si>
     <t>15/11/2025</t>
   </si>
   <si>
     <t>WEBEL TECHNOLOGY LIMITED</t>
   </si>
   <si>
     <t>Solarization of grid connected pumping installation at different PWSS at Alipurduar -II block in the dist.of Alipurduar under JJM programme under Northern Mechanical Division-II, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/001205/2024-2025</t>
   </si>
   <si>
     <t>819/NMD-II</t>
   </si>
   <si>
     <t>06/03/2025</t>
   </si>
   <si>
     <t>05/04/2025</t>
   </si>
   <si>
     <t>THE BUSINESS ENGINEERS INDIA</t>
+  </si>
+  <si>
+    <t>Supply, installation, commissioning and trial operation of electro-mechanical components along with copper wound line voltage corrector for Turturi water supply scheme, TW no I and II under Jal Jeevan Mission under NMD-II, PHE Dte.APD</t>
+  </si>
+  <si>
+    <t>Junior Engineer 2,Alipurduar Mechanical sub-division,PH</t>
+  </si>
+  <si>
+    <t>ORD/000785/2023-2024</t>
+  </si>
+  <si>
+    <t>2339/NMD-II</t>
+  </si>
+  <si>
+    <t>01/08/2023</t>
+  </si>
+  <si>
+    <t>02/12/2024</t>
+  </si>
+  <si>
+    <t>M/S J.K ENGINEERING CO.</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -819,51 +840,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W22"/>
+  <dimension ref="A1:W23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705078" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="34.134521" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -2098,87 +2119,150 @@
       </c>
       <c r="N21" s="4" t="s">
         <v>123</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>124</v>
       </c>
       <c r="P21" s="4">
         <v>28.94</v>
       </c>
       <c r="Q21" s="4">
         <v>0</v>
       </c>
       <c r="R21" s="4">
         <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>0</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
-      <c r="A22" s="7" t="s">
+      <c r="A22" s="3">
+        <v>20</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D22" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="E22" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H22" s="13" t="s">
         <v>125</v>
       </c>
-      <c r="B22" s="7"/>
-[...22 lines deleted...]
-      <c r="S22" s="8"/>
+      <c r="I22" s="13" t="s">
+        <v>112</v>
+      </c>
+      <c r="J22" s="13" t="s">
+        <v>126</v>
+      </c>
+      <c r="K22" s="4" t="s">
+        <v>127</v>
+      </c>
+      <c r="L22" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="M22" s="4" t="s">
+        <v>129</v>
+      </c>
+      <c r="N22" s="4" t="s">
+        <v>130</v>
+      </c>
+      <c r="O22" s="4" t="s">
+        <v>131</v>
+      </c>
+      <c r="P22" s="4">
+        <v>18.77</v>
+      </c>
+      <c r="Q22" s="4">
+        <v>17.46</v>
+      </c>
+      <c r="R22" s="4">
+        <v>92.99</v>
+      </c>
+      <c r="S22" s="4">
+        <v>80</v>
+      </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
+    <row r="23" spans="1:23">
+      <c r="A23" s="7" t="s">
+        <v>132</v>
+      </c>
+      <c r="B23" s="7"/>
+      <c r="C23" s="7"/>
+      <c r="D23" s="7"/>
+      <c r="E23" s="11"/>
+      <c r="F23" s="7"/>
+      <c r="G23" s="7"/>
+      <c r="H23" s="14"/>
+      <c r="I23" s="14"/>
+      <c r="J23" s="14"/>
+      <c r="K23" s="8"/>
+      <c r="L23" s="8"/>
+      <c r="M23" s="8"/>
+      <c r="N23" s="8"/>
+      <c r="O23" s="8">
+        <v>1405.18</v>
+      </c>
+      <c r="P23" s="8">
+        <v>395.4</v>
+      </c>
+      <c r="Q23" s="8">
+        <v>28.14</v>
+      </c>
+      <c r="R23" s="8"/>
+      <c r="S23" s="8"/>
+      <c r="T23" s="1"/>
+      <c r="U23" s="1"/>
+      <c r="V23" s="1"/>
+      <c r="W23" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A22:N22"/>
+    <mergeCell ref="A23:N23"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>