--- v0 (2025-12-13)
+++ v1 (2026-02-07)
@@ -2147,54 +2147,54 @@
       <c r="I25" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P25" s="4">
         <v>22.69</v>
       </c>
       <c r="Q25" s="4">
-        <v>5.2</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>22.93</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>0</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2208,54 +2208,54 @@
       <c r="I26" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P26" s="4">
         <v>22.69</v>
       </c>
       <c r="Q26" s="4">
-        <v>5.2</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>22.93</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>0</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2269,54 +2269,54 @@
       <c r="I27" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P27" s="4">
         <v>22.69</v>
       </c>
       <c r="Q27" s="4">
-        <v>5.2</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>22.93</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>0</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2330,54 +2330,54 @@
       <c r="I28" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P28" s="4">
         <v>22.69</v>
       </c>
       <c r="Q28" s="4">
-        <v>5.2</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>22.93</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>0</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2391,54 +2391,54 @@
       <c r="I29" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P29" s="4">
         <v>22.69</v>
       </c>
       <c r="Q29" s="4">
-        <v>5.2</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>22.93</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>0</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2452,54 +2452,54 @@
       <c r="I30" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P30" s="4">
         <v>22.69</v>
       </c>
       <c r="Q30" s="4">
-        <v>5.2</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>22.93</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>0</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -2513,54 +2513,54 @@
       <c r="I31" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P31" s="4">
         <v>22.69</v>
       </c>
       <c r="Q31" s="4">
-        <v>5.2</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>22.93</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>0</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -2574,54 +2574,54 @@
       <c r="I32" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P32" s="4">
         <v>22.69</v>
       </c>
       <c r="Q32" s="4">
-        <v>5.2</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>22.93</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>0</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -2635,54 +2635,54 @@
       <c r="I33" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P33" s="4">
         <v>22.69</v>
       </c>
       <c r="Q33" s="4">
-        <v>5.2</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>22.93</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>0</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -2696,54 +2696,54 @@
       <c r="I34" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P34" s="4">
         <v>22.69</v>
       </c>
       <c r="Q34" s="4">
-        <v>5.2</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>22.93</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>0</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -2757,54 +2757,54 @@
       <c r="I35" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P35" s="4">
         <v>22.69</v>
       </c>
       <c r="Q35" s="4">
-        <v>5.2</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>22.93</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>0</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -2818,54 +2818,54 @@
       <c r="I36" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P36" s="4">
         <v>22.69</v>
       </c>
       <c r="Q36" s="4">
-        <v>5.2</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>22.93</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>0</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -2879,54 +2879,54 @@
       <c r="I37" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P37" s="4">
         <v>22.69</v>
       </c>
       <c r="Q37" s="4">
-        <v>5.2</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>22.93</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>0</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -2940,54 +2940,54 @@
       <c r="I38" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J38" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P38" s="4">
         <v>22.69</v>
       </c>
       <c r="Q38" s="4">
-        <v>5.2</v>
+        <v>0</v>
       </c>
       <c r="R38" s="4">
-        <v>22.93</v>
+        <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>0</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
@@ -3001,54 +3001,54 @@
       <c r="I39" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J39" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P39" s="4">
         <v>22.69</v>
       </c>
       <c r="Q39" s="4">
-        <v>5.2</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>22.93</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>0</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
@@ -3062,54 +3062,54 @@
       <c r="I40" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J40" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N40" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O40" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P40" s="4">
         <v>22.69</v>
       </c>
       <c r="Q40" s="4">
-        <v>5.2</v>
+        <v>0</v>
       </c>
       <c r="R40" s="4">
-        <v>22.93</v>
+        <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>0</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
@@ -3123,54 +3123,54 @@
       <c r="I41" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J41" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P41" s="4">
         <v>22.69</v>
       </c>
       <c r="Q41" s="4">
-        <v>5.2</v>
+        <v>0</v>
       </c>
       <c r="R41" s="4">
-        <v>22.93</v>
+        <v>0</v>
       </c>
       <c r="S41" s="4">
         <v>0</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
@@ -3184,54 +3184,54 @@
       <c r="I42" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J42" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O42" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P42" s="4">
         <v>22.69</v>
       </c>
       <c r="Q42" s="4">
-        <v>5.2</v>
+        <v>0</v>
       </c>
       <c r="R42" s="4">
-        <v>22.93</v>
+        <v>0</v>
       </c>
       <c r="S42" s="4">
         <v>0</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
@@ -3245,54 +3245,54 @@
       <c r="I43" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J43" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N43" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O43" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P43" s="4">
         <v>22.69</v>
       </c>
       <c r="Q43" s="4">
-        <v>5.2</v>
+        <v>0</v>
       </c>
       <c r="R43" s="4">
-        <v>22.93</v>
+        <v>0</v>
       </c>
       <c r="S43" s="4">
         <v>0</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
@@ -3306,54 +3306,54 @@
       <c r="I44" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J44" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P44" s="4">
         <v>22.69</v>
       </c>
       <c r="Q44" s="4">
-        <v>5.2</v>
+        <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>22.93</v>
+        <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>0</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
@@ -3367,54 +3367,54 @@
       <c r="I45" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J45" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M45" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N45" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O45" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P45" s="4">
         <v>22.69</v>
       </c>
       <c r="Q45" s="4">
-        <v>5.2</v>
+        <v>0</v>
       </c>
       <c r="R45" s="4">
-        <v>22.93</v>
+        <v>0</v>
       </c>
       <c r="S45" s="4">
         <v>0</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C46" s="3"/>
       <c r="D46" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>23</v>
@@ -3428,54 +3428,54 @@
       <c r="I46" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J46" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K46" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M46" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N46" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O46" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P46" s="4">
         <v>22.69</v>
       </c>
       <c r="Q46" s="4">
-        <v>5.2</v>
+        <v>0</v>
       </c>
       <c r="R46" s="4">
-        <v>22.93</v>
+        <v>0</v>
       </c>
       <c r="S46" s="4">
         <v>0</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3"/>
       <c r="D47" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>23</v>
@@ -3489,54 +3489,54 @@
       <c r="I47" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J47" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O47" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P47" s="4">
         <v>97.13</v>
       </c>
       <c r="Q47" s="4">
-        <v>75.94</v>
+        <v>0</v>
       </c>
       <c r="R47" s="4">
-        <v>78.19</v>
+        <v>0</v>
       </c>
       <c r="S47" s="4">
         <v>100</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>23</v>
@@ -3550,54 +3550,54 @@
       <c r="I48" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J48" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K48" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M48" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N48" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O48" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P48" s="4">
         <v>97.13</v>
       </c>
       <c r="Q48" s="4">
-        <v>75.94</v>
+        <v>0</v>
       </c>
       <c r="R48" s="4">
-        <v>78.19</v>
+        <v>0</v>
       </c>
       <c r="S48" s="4">
         <v>100</v>
       </c>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E49" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>23</v>
@@ -3611,54 +3611,54 @@
       <c r="I49" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J49" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K49" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L49" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M49" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N49" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O49" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P49" s="4">
         <v>97.13</v>
       </c>
       <c r="Q49" s="4">
-        <v>75.94</v>
+        <v>0</v>
       </c>
       <c r="R49" s="4">
-        <v>78.19</v>
+        <v>0</v>
       </c>
       <c r="S49" s="4">
         <v>100</v>
       </c>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C50" s="3"/>
       <c r="D50" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E50" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>23</v>
@@ -3672,54 +3672,54 @@
       <c r="I50" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J50" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K50" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L50" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M50" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N50" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O50" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P50" s="4">
         <v>97.13</v>
       </c>
       <c r="Q50" s="4">
-        <v>75.94</v>
+        <v>0</v>
       </c>
       <c r="R50" s="4">
-        <v>78.19</v>
+        <v>0</v>
       </c>
       <c r="S50" s="4">
         <v>100</v>
       </c>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C51" s="3"/>
       <c r="D51" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>23</v>
@@ -3733,54 +3733,54 @@
       <c r="I51" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J51" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M51" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N51" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O51" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P51" s="4">
         <v>97.13</v>
       </c>
       <c r="Q51" s="4">
-        <v>75.94</v>
+        <v>0</v>
       </c>
       <c r="R51" s="4">
-        <v>78.19</v>
+        <v>0</v>
       </c>
       <c r="S51" s="4">
         <v>100</v>
       </c>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C52" s="3"/>
       <c r="D52" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E52" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>23</v>
@@ -3794,54 +3794,54 @@
       <c r="I52" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J52" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K52" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L52" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M52" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N52" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O52" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P52" s="4">
         <v>97.13</v>
       </c>
       <c r="Q52" s="4">
-        <v>75.94</v>
+        <v>0</v>
       </c>
       <c r="R52" s="4">
-        <v>78.19</v>
+        <v>0</v>
       </c>
       <c r="S52" s="4">
         <v>100</v>
       </c>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E53" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>23</v>
@@ -3855,54 +3855,54 @@
       <c r="I53" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J53" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K53" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L53" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M53" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N53" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O53" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P53" s="4">
         <v>97.13</v>
       </c>
       <c r="Q53" s="4">
-        <v>75.94</v>
+        <v>0</v>
       </c>
       <c r="R53" s="4">
-        <v>78.19</v>
+        <v>0</v>
       </c>
       <c r="S53" s="4">
         <v>100</v>
       </c>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C54" s="3"/>
       <c r="D54" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E54" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>23</v>
@@ -3916,54 +3916,54 @@
       <c r="I54" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J54" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K54" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L54" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M54" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N54" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O54" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P54" s="4">
         <v>97.13</v>
       </c>
       <c r="Q54" s="4">
-        <v>75.94</v>
+        <v>0</v>
       </c>
       <c r="R54" s="4">
-        <v>78.19</v>
+        <v>0</v>
       </c>
       <c r="S54" s="4">
         <v>100</v>
       </c>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C55" s="3"/>
       <c r="D55" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E55" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>23</v>
@@ -3977,54 +3977,54 @@
       <c r="I55" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J55" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K55" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L55" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M55" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N55" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O55" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P55" s="4">
         <v>97.13</v>
       </c>
       <c r="Q55" s="4">
-        <v>75.94</v>
+        <v>0</v>
       </c>
       <c r="R55" s="4">
-        <v>78.19</v>
+        <v>0</v>
       </c>
       <c r="S55" s="4">
         <v>100</v>
       </c>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C56" s="3"/>
       <c r="D56" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E56" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>23</v>
@@ -4038,54 +4038,54 @@
       <c r="I56" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J56" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K56" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L56" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M56" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N56" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O56" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P56" s="4">
         <v>97.13</v>
       </c>
       <c r="Q56" s="4">
-        <v>75.94</v>
+        <v>0</v>
       </c>
       <c r="R56" s="4">
-        <v>78.19</v>
+        <v>0</v>
       </c>
       <c r="S56" s="4">
         <v>100</v>
       </c>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C57" s="3"/>
       <c r="D57" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E57" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>23</v>
@@ -4099,54 +4099,54 @@
       <c r="I57" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J57" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K57" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L57" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M57" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N57" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O57" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P57" s="4">
         <v>97.13</v>
       </c>
       <c r="Q57" s="4">
-        <v>75.94</v>
+        <v>0</v>
       </c>
       <c r="R57" s="4">
-        <v>78.19</v>
+        <v>0</v>
       </c>
       <c r="S57" s="4">
         <v>100</v>
       </c>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C58" s="3"/>
       <c r="D58" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E58" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>23</v>
@@ -4160,54 +4160,54 @@
       <c r="I58" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J58" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K58" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L58" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M58" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N58" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O58" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P58" s="4">
         <v>97.13</v>
       </c>
       <c r="Q58" s="4">
-        <v>75.94</v>
+        <v>0</v>
       </c>
       <c r="R58" s="4">
-        <v>78.19</v>
+        <v>0</v>
       </c>
       <c r="S58" s="4">
         <v>100</v>
       </c>
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C59" s="3"/>
       <c r="D59" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E59" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>23</v>
@@ -4221,54 +4221,54 @@
       <c r="I59" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J59" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K59" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L59" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M59" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N59" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O59" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P59" s="4">
         <v>97.13</v>
       </c>
       <c r="Q59" s="4">
-        <v>75.94</v>
+        <v>0</v>
       </c>
       <c r="R59" s="4">
-        <v>78.19</v>
+        <v>0</v>
       </c>
       <c r="S59" s="4">
         <v>100</v>
       </c>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C60" s="3"/>
       <c r="D60" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E60" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>23</v>
@@ -4282,54 +4282,54 @@
       <c r="I60" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J60" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K60" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L60" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M60" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N60" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O60" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P60" s="4">
         <v>97.13</v>
       </c>
       <c r="Q60" s="4">
-        <v>75.94</v>
+        <v>0</v>
       </c>
       <c r="R60" s="4">
-        <v>78.19</v>
+        <v>0</v>
       </c>
       <c r="S60" s="4">
         <v>100</v>
       </c>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C61" s="3"/>
       <c r="D61" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E61" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>23</v>
@@ -4343,54 +4343,54 @@
       <c r="I61" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J61" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K61" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L61" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M61" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N61" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O61" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P61" s="4">
         <v>97.13</v>
       </c>
       <c r="Q61" s="4">
-        <v>75.94</v>
+        <v>0</v>
       </c>
       <c r="R61" s="4">
-        <v>78.19</v>
+        <v>0</v>
       </c>
       <c r="S61" s="4">
         <v>100</v>
       </c>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C62" s="3"/>
       <c r="D62" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E62" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>23</v>
@@ -4404,54 +4404,54 @@
       <c r="I62" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J62" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K62" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L62" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M62" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N62" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O62" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P62" s="4">
         <v>97.13</v>
       </c>
       <c r="Q62" s="4">
-        <v>75.94</v>
+        <v>0</v>
       </c>
       <c r="R62" s="4">
-        <v>78.19</v>
+        <v>0</v>
       </c>
       <c r="S62" s="4">
         <v>100</v>
       </c>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C63" s="3"/>
       <c r="D63" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E63" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F63" s="3" t="s">
         <v>23</v>
@@ -4465,54 +4465,54 @@
       <c r="I63" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J63" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K63" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L63" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M63" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N63" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O63" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P63" s="4">
         <v>97.13</v>
       </c>
       <c r="Q63" s="4">
-        <v>75.94</v>
+        <v>0</v>
       </c>
       <c r="R63" s="4">
-        <v>78.19</v>
+        <v>0</v>
       </c>
       <c r="S63" s="4">
         <v>100</v>
       </c>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C64" s="3"/>
       <c r="D64" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E64" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F64" s="3" t="s">
         <v>23</v>
@@ -4526,54 +4526,54 @@
       <c r="I64" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J64" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K64" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L64" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M64" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N64" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O64" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P64" s="4">
         <v>97.13</v>
       </c>
       <c r="Q64" s="4">
-        <v>75.94</v>
+        <v>0</v>
       </c>
       <c r="R64" s="4">
-        <v>78.19</v>
+        <v>0</v>
       </c>
       <c r="S64" s="4">
         <v>100</v>
       </c>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C65" s="3"/>
       <c r="D65" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E65" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F65" s="3" t="s">
         <v>23</v>
@@ -4587,54 +4587,54 @@
       <c r="I65" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J65" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K65" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L65" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M65" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N65" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O65" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P65" s="4">
         <v>97.13</v>
       </c>
       <c r="Q65" s="4">
-        <v>75.94</v>
+        <v>0</v>
       </c>
       <c r="R65" s="4">
-        <v>78.19</v>
+        <v>0</v>
       </c>
       <c r="S65" s="4">
         <v>100</v>
       </c>
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" s="3">
         <v>64</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C66" s="3"/>
       <c r="D66" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E66" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F66" s="3" t="s">
         <v>23</v>
@@ -4648,54 +4648,54 @@
       <c r="I66" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J66" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K66" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L66" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M66" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N66" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O66" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P66" s="4">
         <v>97.13</v>
       </c>
       <c r="Q66" s="4">
-        <v>75.94</v>
+        <v>0</v>
       </c>
       <c r="R66" s="4">
-        <v>78.19</v>
+        <v>0</v>
       </c>
       <c r="S66" s="4">
         <v>100</v>
       </c>
       <c r="T66" s="1"/>
       <c r="U66" s="1"/>
       <c r="V66" s="1"/>
       <c r="W66" s="1"/>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C67" s="3"/>
       <c r="D67" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E67" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F67" s="3" t="s">
         <v>23</v>
@@ -4709,54 +4709,54 @@
       <c r="I67" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J67" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K67" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L67" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M67" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N67" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O67" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P67" s="4">
         <v>97.13</v>
       </c>
       <c r="Q67" s="4">
-        <v>75.94</v>
+        <v>0</v>
       </c>
       <c r="R67" s="4">
-        <v>78.19</v>
+        <v>0</v>
       </c>
       <c r="S67" s="4">
         <v>100</v>
       </c>
       <c r="T67" s="1"/>
       <c r="U67" s="1"/>
       <c r="V67" s="1"/>
       <c r="W67" s="1"/>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" s="3">
         <v>66</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C68" s="3"/>
       <c r="D68" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E68" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F68" s="3" t="s">
         <v>23</v>
@@ -4770,88 +4770,88 @@
       <c r="I68" s="13" t="s">
         <v>61</v>
       </c>
       <c r="J68" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K68" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L68" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M68" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N68" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O68" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P68" s="4">
         <v>97.13</v>
       </c>
       <c r="Q68" s="4">
-        <v>75.94</v>
+        <v>0</v>
       </c>
       <c r="R68" s="4">
-        <v>78.19</v>
+        <v>0</v>
       </c>
       <c r="S68" s="4">
         <v>100</v>
       </c>
       <c r="T68" s="1"/>
       <c r="U68" s="1"/>
       <c r="V68" s="1"/>
       <c r="W68" s="1"/>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" s="7" t="s">
         <v>66</v>
       </c>
       <c r="B69" s="7"/>
       <c r="C69" s="7"/>
       <c r="D69" s="7"/>
       <c r="E69" s="11"/>
       <c r="F69" s="7"/>
       <c r="G69" s="7"/>
       <c r="H69" s="14"/>
       <c r="I69" s="14"/>
       <c r="J69" s="14"/>
       <c r="K69" s="8"/>
       <c r="L69" s="8"/>
       <c r="M69" s="8"/>
       <c r="N69" s="8"/>
       <c r="O69" s="8">
         <v>2737.24</v>
       </c>
       <c r="P69" s="8">
-        <v>1785.09</v>
+        <v>0</v>
       </c>
       <c r="Q69" s="8">
-        <v>65.22</v>
+        <v>0</v>
       </c>
       <c r="R69" s="8"/>
       <c r="S69" s="8"/>
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A69:N69"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>