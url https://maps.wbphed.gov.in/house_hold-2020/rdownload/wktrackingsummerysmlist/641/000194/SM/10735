--- v0 (2025-12-13)
+++ v1 (2026-02-07)
@@ -802,54 +802,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>81.45</v>
       </c>
       <c r="Q3" s="4">
-        <v>66.61</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>81.78</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>100</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -863,54 +863,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P4" s="4">
         <v>81.45</v>
       </c>
       <c r="Q4" s="4">
-        <v>66.61</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>81.78</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -924,54 +924,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P5" s="4">
         <v>81.45</v>
       </c>
       <c r="Q5" s="4">
-        <v>66.61</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>81.78</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -985,54 +985,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P6" s="4">
         <v>81.45</v>
       </c>
       <c r="Q6" s="4">
-        <v>66.61</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>81.78</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>100</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1046,54 +1046,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P7" s="4">
         <v>81.45</v>
       </c>
       <c r="Q7" s="4">
-        <v>66.61</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>81.78</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>100</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1107,54 +1107,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P8" s="4">
         <v>81.45</v>
       </c>
       <c r="Q8" s="4">
-        <v>66.61</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>81.78</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1168,54 +1168,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P9" s="4">
         <v>81.45</v>
       </c>
       <c r="Q9" s="4">
-        <v>66.61</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>81.78</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1229,54 +1229,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P10" s="4">
         <v>81.45</v>
       </c>
       <c r="Q10" s="4">
-        <v>66.61</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>81.78</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1290,54 +1290,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P11" s="4">
         <v>81.45</v>
       </c>
       <c r="Q11" s="4">
-        <v>66.61</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>81.78</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1351,54 +1351,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P12" s="4">
         <v>81.45</v>
       </c>
       <c r="Q12" s="4">
-        <v>66.61</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>81.78</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>100</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1412,54 +1412,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P13" s="4">
         <v>81.45</v>
       </c>
       <c r="Q13" s="4">
-        <v>66.61</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>81.78</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>100</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1473,54 +1473,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P14" s="4">
         <v>81.45</v>
       </c>
       <c r="Q14" s="4">
-        <v>66.61</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>81.78</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>100</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1534,54 +1534,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P15" s="4">
         <v>81.45</v>
       </c>
       <c r="Q15" s="4">
-        <v>66.61</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>81.78</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1595,54 +1595,54 @@
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P16" s="4">
         <v>81.45</v>
       </c>
       <c r="Q16" s="4">
-        <v>66.61</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>81.78</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>100</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1656,54 +1656,54 @@
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P17" s="4">
         <v>81.45</v>
       </c>
       <c r="Q17" s="4">
-        <v>66.61</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>81.78</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>100</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1717,54 +1717,54 @@
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P18" s="4">
         <v>81.45</v>
       </c>
       <c r="Q18" s="4">
-        <v>66.61</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>81.78</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -1778,54 +1778,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P19" s="4">
         <v>81.45</v>
       </c>
       <c r="Q19" s="4">
-        <v>66.61</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>81.78</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>100</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -1839,54 +1839,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P20" s="4">
         <v>81.45</v>
       </c>
       <c r="Q20" s="4">
-        <v>66.61</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>81.78</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -1900,54 +1900,54 @@
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P21" s="4">
         <v>81.45</v>
       </c>
       <c r="Q21" s="4">
-        <v>66.61</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>81.78</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -1961,54 +1961,54 @@
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P22" s="4">
         <v>81.45</v>
       </c>
       <c r="Q22" s="4">
-        <v>66.61</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>81.78</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2022,54 +2022,54 @@
       <c r="I23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P23" s="4">
         <v>81.45</v>
       </c>
       <c r="Q23" s="4">
-        <v>66.61</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>81.78</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>100</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2083,54 +2083,54 @@
       <c r="I24" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P24" s="4">
         <v>81.45</v>
       </c>
       <c r="Q24" s="4">
-        <v>66.61</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>81.78</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>100</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -3486,54 +3486,54 @@
       <c r="I47" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J47" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O47" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P47" s="4">
         <v>15.42</v>
       </c>
       <c r="Q47" s="4">
-        <v>7.71</v>
+        <v>0</v>
       </c>
       <c r="R47" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S47" s="4">
         <v>0</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>23</v>
@@ -3547,54 +3547,54 @@
       <c r="I48" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J48" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K48" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M48" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N48" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O48" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P48" s="4">
         <v>15.42</v>
       </c>
       <c r="Q48" s="4">
-        <v>7.71</v>
+        <v>0</v>
       </c>
       <c r="R48" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S48" s="4">
         <v>0</v>
       </c>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E49" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F49" s="3" t="s">
         <v>23</v>
@@ -3608,54 +3608,54 @@
       <c r="I49" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J49" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K49" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L49" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M49" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N49" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O49" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P49" s="4">
         <v>15.42</v>
       </c>
       <c r="Q49" s="4">
-        <v>7.71</v>
+        <v>0</v>
       </c>
       <c r="R49" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S49" s="4">
         <v>0</v>
       </c>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C50" s="3"/>
       <c r="D50" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E50" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>23</v>
@@ -3669,54 +3669,54 @@
       <c r="I50" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J50" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K50" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L50" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M50" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N50" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O50" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P50" s="4">
         <v>15.42</v>
       </c>
       <c r="Q50" s="4">
-        <v>7.71</v>
+        <v>0</v>
       </c>
       <c r="R50" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S50" s="4">
         <v>0</v>
       </c>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C51" s="3"/>
       <c r="D51" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>23</v>
@@ -3730,54 +3730,54 @@
       <c r="I51" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J51" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K51" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L51" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M51" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N51" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O51" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P51" s="4">
         <v>15.42</v>
       </c>
       <c r="Q51" s="4">
-        <v>7.71</v>
+        <v>0</v>
       </c>
       <c r="R51" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S51" s="4">
         <v>0</v>
       </c>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
     <row r="52" spans="1:23">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C52" s="3"/>
       <c r="D52" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E52" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F52" s="3" t="s">
         <v>23</v>
@@ -3791,54 +3791,54 @@
       <c r="I52" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J52" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K52" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L52" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M52" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N52" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O52" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P52" s="4">
         <v>15.42</v>
       </c>
       <c r="Q52" s="4">
-        <v>7.71</v>
+        <v>0</v>
       </c>
       <c r="R52" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S52" s="4">
         <v>0</v>
       </c>
       <c r="T52" s="1"/>
       <c r="U52" s="1"/>
       <c r="V52" s="1"/>
       <c r="W52" s="1"/>
     </row>
     <row r="53" spans="1:23">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C53" s="3"/>
       <c r="D53" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E53" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F53" s="3" t="s">
         <v>23</v>
@@ -3852,54 +3852,54 @@
       <c r="I53" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J53" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K53" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L53" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M53" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N53" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O53" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P53" s="4">
         <v>15.42</v>
       </c>
       <c r="Q53" s="4">
-        <v>7.71</v>
+        <v>0</v>
       </c>
       <c r="R53" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S53" s="4">
         <v>0</v>
       </c>
       <c r="T53" s="1"/>
       <c r="U53" s="1"/>
       <c r="V53" s="1"/>
       <c r="W53" s="1"/>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C54" s="3"/>
       <c r="D54" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E54" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F54" s="3" t="s">
         <v>23</v>
@@ -3913,54 +3913,54 @@
       <c r="I54" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J54" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K54" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L54" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M54" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N54" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O54" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P54" s="4">
         <v>15.42</v>
       </c>
       <c r="Q54" s="4">
-        <v>7.71</v>
+        <v>0</v>
       </c>
       <c r="R54" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S54" s="4">
         <v>0</v>
       </c>
       <c r="T54" s="1"/>
       <c r="U54" s="1"/>
       <c r="V54" s="1"/>
       <c r="W54" s="1"/>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C55" s="3"/>
       <c r="D55" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E55" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F55" s="3" t="s">
         <v>23</v>
@@ -3974,54 +3974,54 @@
       <c r="I55" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J55" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K55" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L55" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M55" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N55" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O55" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P55" s="4">
         <v>15.42</v>
       </c>
       <c r="Q55" s="4">
-        <v>7.71</v>
+        <v>0</v>
       </c>
       <c r="R55" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S55" s="4">
         <v>0</v>
       </c>
       <c r="T55" s="1"/>
       <c r="U55" s="1"/>
       <c r="V55" s="1"/>
       <c r="W55" s="1"/>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C56" s="3"/>
       <c r="D56" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E56" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F56" s="3" t="s">
         <v>23</v>
@@ -4035,54 +4035,54 @@
       <c r="I56" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J56" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K56" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L56" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M56" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N56" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O56" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P56" s="4">
         <v>15.42</v>
       </c>
       <c r="Q56" s="4">
-        <v>7.71</v>
+        <v>0</v>
       </c>
       <c r="R56" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S56" s="4">
         <v>0</v>
       </c>
       <c r="T56" s="1"/>
       <c r="U56" s="1"/>
       <c r="V56" s="1"/>
       <c r="W56" s="1"/>
     </row>
     <row r="57" spans="1:23">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C57" s="3"/>
       <c r="D57" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E57" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F57" s="3" t="s">
         <v>23</v>
@@ -4096,54 +4096,54 @@
       <c r="I57" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J57" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K57" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L57" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M57" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N57" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O57" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P57" s="4">
         <v>15.42</v>
       </c>
       <c r="Q57" s="4">
-        <v>7.71</v>
+        <v>0</v>
       </c>
       <c r="R57" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S57" s="4">
         <v>0</v>
       </c>
       <c r="T57" s="1"/>
       <c r="U57" s="1"/>
       <c r="V57" s="1"/>
       <c r="W57" s="1"/>
     </row>
     <row r="58" spans="1:23">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C58" s="3"/>
       <c r="D58" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E58" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F58" s="3" t="s">
         <v>23</v>
@@ -4157,54 +4157,54 @@
       <c r="I58" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J58" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K58" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L58" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M58" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N58" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O58" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P58" s="4">
         <v>15.42</v>
       </c>
       <c r="Q58" s="4">
-        <v>7.71</v>
+        <v>0</v>
       </c>
       <c r="R58" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S58" s="4">
         <v>0</v>
       </c>
       <c r="T58" s="1"/>
       <c r="U58" s="1"/>
       <c r="V58" s="1"/>
       <c r="W58" s="1"/>
     </row>
     <row r="59" spans="1:23">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C59" s="3"/>
       <c r="D59" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E59" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F59" s="3" t="s">
         <v>23</v>
@@ -4218,54 +4218,54 @@
       <c r="I59" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J59" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K59" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L59" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M59" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N59" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O59" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P59" s="4">
         <v>15.42</v>
       </c>
       <c r="Q59" s="4">
-        <v>7.71</v>
+        <v>0</v>
       </c>
       <c r="R59" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S59" s="4">
         <v>0</v>
       </c>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C60" s="3"/>
       <c r="D60" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E60" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>23</v>
@@ -4279,54 +4279,54 @@
       <c r="I60" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J60" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K60" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L60" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M60" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N60" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O60" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P60" s="4">
         <v>15.42</v>
       </c>
       <c r="Q60" s="4">
-        <v>7.71</v>
+        <v>0</v>
       </c>
       <c r="R60" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S60" s="4">
         <v>0</v>
       </c>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C61" s="3"/>
       <c r="D61" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E61" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F61" s="3" t="s">
         <v>23</v>
@@ -4340,54 +4340,54 @@
       <c r="I61" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J61" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K61" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L61" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M61" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N61" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O61" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P61" s="4">
         <v>15.42</v>
       </c>
       <c r="Q61" s="4">
-        <v>7.71</v>
+        <v>0</v>
       </c>
       <c r="R61" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S61" s="4">
         <v>0</v>
       </c>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
     <row r="62" spans="1:23">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C62" s="3"/>
       <c r="D62" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E62" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F62" s="3" t="s">
         <v>23</v>
@@ -4401,54 +4401,54 @@
       <c r="I62" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J62" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K62" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L62" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M62" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N62" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O62" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P62" s="4">
         <v>15.42</v>
       </c>
       <c r="Q62" s="4">
-        <v>7.71</v>
+        <v>0</v>
       </c>
       <c r="R62" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S62" s="4">
         <v>0</v>
       </c>
       <c r="T62" s="1"/>
       <c r="U62" s="1"/>
       <c r="V62" s="1"/>
       <c r="W62" s="1"/>
     </row>
     <row r="63" spans="1:23">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C63" s="3"/>
       <c r="D63" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E63" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F63" s="3" t="s">
         <v>23</v>
@@ -4462,54 +4462,54 @@
       <c r="I63" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J63" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K63" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L63" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M63" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N63" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O63" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P63" s="4">
         <v>15.42</v>
       </c>
       <c r="Q63" s="4">
-        <v>7.71</v>
+        <v>0</v>
       </c>
       <c r="R63" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S63" s="4">
         <v>0</v>
       </c>
       <c r="T63" s="1"/>
       <c r="U63" s="1"/>
       <c r="V63" s="1"/>
       <c r="W63" s="1"/>
     </row>
     <row r="64" spans="1:23">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C64" s="3"/>
       <c r="D64" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E64" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F64" s="3" t="s">
         <v>23</v>
@@ -4523,54 +4523,54 @@
       <c r="I64" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J64" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K64" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L64" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M64" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N64" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O64" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P64" s="4">
         <v>15.42</v>
       </c>
       <c r="Q64" s="4">
-        <v>7.71</v>
+        <v>0</v>
       </c>
       <c r="R64" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S64" s="4">
         <v>0</v>
       </c>
       <c r="T64" s="1"/>
       <c r="U64" s="1"/>
       <c r="V64" s="1"/>
       <c r="W64" s="1"/>
     </row>
     <row r="65" spans="1:23">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C65" s="3"/>
       <c r="D65" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E65" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F65" s="3" t="s">
         <v>23</v>
@@ -4584,54 +4584,54 @@
       <c r="I65" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J65" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K65" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L65" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M65" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N65" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O65" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P65" s="4">
         <v>15.42</v>
       </c>
       <c r="Q65" s="4">
-        <v>7.71</v>
+        <v>0</v>
       </c>
       <c r="R65" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S65" s="4">
         <v>0</v>
       </c>
       <c r="T65" s="1"/>
       <c r="U65" s="1"/>
       <c r="V65" s="1"/>
       <c r="W65" s="1"/>
     </row>
     <row r="66" spans="1:23">
       <c r="A66" s="3">
         <v>64</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C66" s="3"/>
       <c r="D66" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E66" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F66" s="3" t="s">
         <v>23</v>
@@ -4645,54 +4645,54 @@
       <c r="I66" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J66" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K66" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L66" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M66" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N66" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O66" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P66" s="4">
         <v>15.42</v>
       </c>
       <c r="Q66" s="4">
-        <v>7.71</v>
+        <v>0</v>
       </c>
       <c r="R66" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S66" s="4">
         <v>0</v>
       </c>
       <c r="T66" s="1"/>
       <c r="U66" s="1"/>
       <c r="V66" s="1"/>
       <c r="W66" s="1"/>
     </row>
     <row r="67" spans="1:23">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C67" s="3"/>
       <c r="D67" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E67" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F67" s="3" t="s">
         <v>23</v>
@@ -4706,54 +4706,54 @@
       <c r="I67" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J67" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K67" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L67" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M67" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N67" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O67" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P67" s="4">
         <v>15.42</v>
       </c>
       <c r="Q67" s="4">
-        <v>7.71</v>
+        <v>0</v>
       </c>
       <c r="R67" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S67" s="4">
         <v>0</v>
       </c>
       <c r="T67" s="1"/>
       <c r="U67" s="1"/>
       <c r="V67" s="1"/>
       <c r="W67" s="1"/>
     </row>
     <row r="68" spans="1:23">
       <c r="A68" s="3">
         <v>66</v>
       </c>
       <c r="B68" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C68" s="3"/>
       <c r="D68" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E68" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F68" s="3" t="s">
         <v>23</v>
@@ -4767,88 +4767,88 @@
       <c r="I68" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J68" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K68" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L68" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M68" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N68" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O68" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P68" s="4">
         <v>15.42</v>
       </c>
       <c r="Q68" s="4">
-        <v>7.71</v>
+        <v>0</v>
       </c>
       <c r="R68" s="4">
-        <v>50</v>
+        <v>0</v>
       </c>
       <c r="S68" s="4">
         <v>0</v>
       </c>
       <c r="T68" s="1"/>
       <c r="U68" s="1"/>
       <c r="V68" s="1"/>
       <c r="W68" s="1"/>
     </row>
     <row r="69" spans="1:23">
       <c r="A69" s="7" t="s">
         <v>65</v>
       </c>
       <c r="B69" s="7"/>
       <c r="C69" s="7"/>
       <c r="D69" s="7"/>
       <c r="E69" s="11"/>
       <c r="F69" s="7"/>
       <c r="G69" s="7"/>
       <c r="H69" s="14"/>
       <c r="I69" s="14"/>
       <c r="J69" s="14"/>
       <c r="K69" s="8"/>
       <c r="L69" s="8"/>
       <c r="M69" s="8"/>
       <c r="N69" s="8"/>
       <c r="O69" s="8">
         <v>2665.03</v>
       </c>
       <c r="P69" s="8">
-        <v>1634.89</v>
+        <v>0</v>
       </c>
       <c r="Q69" s="8">
-        <v>61.35</v>
+        <v>0</v>
       </c>
       <c r="R69" s="8"/>
       <c r="S69" s="8"/>
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A69:N69"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>