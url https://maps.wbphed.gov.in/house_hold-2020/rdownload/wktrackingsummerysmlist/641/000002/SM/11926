--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -357,50 +357,53 @@
     <t>Formal work order for Procurement, Installation, Training &amp; 6 months operation of Double Beam Atomic Absorption Spectrophotometer including all necessary hardware &amp; prerequisites for arsenic analysis in ppb level with 3 years Annual Maintenance of the system after expiry of warranty period and supply installation and operational training of ultrapura water generation system in a single package for Basirhat Sub-District Water Testing Laboratory in North 24 Parganas district under Barasat Division,Public Health Engineering Dte.</t>
   </si>
   <si>
     <t>Assistant Engineer</t>
   </si>
   <si>
     <t>ORD/000958/2024-2025</t>
   </si>
   <si>
     <t>348/BD</t>
   </si>
   <si>
     <t>31/01/2025</t>
   </si>
   <si>
     <t>31/10/2025</t>
   </si>
   <si>
     <t>SUNANDA ENVIROMENTAL INTERNATIONAL PVT. LTD.</t>
   </si>
   <si>
     <t>Nadia Division</t>
   </si>
   <si>
     <t>Procurement, Installation, Training &amp; 6 months operation of Double Beam Atomic Absorption Spectrophotometer including all necessary hardware &amp; prerequisites for arsenic analysis in ppb level with 3 years Annual Maintenance of the system after expiry of warranty period and supply installation and operational training of ultrapura water generation system in a single package for Nadia District Water Testing Laboratory under Nadia Division, Public Health Engineering Dte.</t>
+  </si>
+  <si>
+    <t>Junior Engineer 1</t>
   </si>
   <si>
     <t>ORD/000066/2025-2026</t>
   </si>
   <si>
     <t>2380/ND</t>
   </si>
   <si>
     <t>22/05/2025</t>
   </si>
   <si>
     <t>16/02/2026</t>
   </si>
   <si>
     <t>SUNANDA ENVIROMENTAL INTERNATIONAL PVT. LTD</t>
   </si>
   <si>
     <t>Making Distribution wiring and allied work in connection with Up-gradation of PHED managed laboratories related to water quality monitoring and surveillance activity under JJM for Hemtabad Sub-District Laboratory in the district of Uttar Dinajpur under Raiganj Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>ORD/000566/2022-2023</t>
   </si>
   <si>
     <t>1028/RD/PHE</t>
   </si>
@@ -979,54 +982,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>8.54</v>
       </c>
       <c r="Q3" s="4">
-        <v>8.53</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1040,54 +1043,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P4" s="4">
         <v>8.54</v>
       </c>
       <c r="Q4" s="4">
-        <v>8.53</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1101,54 +1104,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P5" s="4">
         <v>8.54</v>
       </c>
       <c r="Q5" s="4">
-        <v>8.53</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1162,54 +1165,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P6" s="4">
         <v>8.54</v>
       </c>
       <c r="Q6" s="4">
-        <v>8.53</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>0</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1223,54 +1226,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P7" s="4">
         <v>8.54</v>
       </c>
       <c r="Q7" s="4">
-        <v>8.53</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1284,54 +1287,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P8" s="4">
         <v>8.54</v>
       </c>
       <c r="Q8" s="4">
-        <v>8.53</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>0</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1345,54 +1348,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P9" s="4">
         <v>8.54</v>
       </c>
       <c r="Q9" s="4">
-        <v>8.53</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1406,54 +1409,54 @@
       <c r="I10" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P10" s="4">
         <v>8.54</v>
       </c>
       <c r="Q10" s="4">
-        <v>8.53</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1467,54 +1470,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P11" s="4">
         <v>8.54</v>
       </c>
       <c r="Q11" s="4">
-        <v>8.53</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>0</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1528,54 +1531,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P12" s="4">
         <v>8.54</v>
       </c>
       <c r="Q12" s="4">
-        <v>8.53</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>0</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -1589,54 +1592,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P13" s="4">
         <v>8.54</v>
       </c>
       <c r="Q13" s="4">
-        <v>8.53</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1650,54 +1653,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P14" s="4">
         <v>8.54</v>
       </c>
       <c r="Q14" s="4">
-        <v>8.53</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -1711,54 +1714,54 @@
       <c r="I15" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P15" s="4">
         <v>8.54</v>
       </c>
       <c r="Q15" s="4">
-        <v>8.53</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1772,54 +1775,54 @@
       <c r="I16" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P16" s="4">
         <v>8.54</v>
       </c>
       <c r="Q16" s="4">
-        <v>8.53</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1833,54 +1836,54 @@
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P17" s="4">
         <v>8.54</v>
       </c>
       <c r="Q17" s="4">
-        <v>8.53</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1894,54 +1897,54 @@
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P18" s="4">
         <v>8.54</v>
       </c>
       <c r="Q18" s="4">
-        <v>8.53</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>0</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -1955,54 +1958,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P19" s="4">
         <v>8.54</v>
       </c>
       <c r="Q19" s="4">
-        <v>8.53</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>0</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2016,54 +2019,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P20" s="4">
         <v>8.54</v>
       </c>
       <c r="Q20" s="4">
-        <v>8.53</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>0</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2077,54 +2080,54 @@
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P21" s="4">
         <v>8.54</v>
       </c>
       <c r="Q21" s="4">
-        <v>8.53</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>0</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2138,54 +2141,54 @@
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P22" s="4">
         <v>8.54</v>
       </c>
       <c r="Q22" s="4">
-        <v>8.53</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>0</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2199,54 +2202,54 @@
       <c r="I23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P23" s="4">
         <v>8.54</v>
       </c>
       <c r="Q23" s="4">
-        <v>8.53</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>0</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2260,54 +2263,54 @@
       <c r="I24" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P24" s="4">
         <v>8.54</v>
       </c>
       <c r="Q24" s="4">
-        <v>8.53</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>0</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2321,54 +2324,54 @@
       <c r="I25" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P25" s="4">
         <v>1.44</v>
       </c>
       <c r="Q25" s="4">
-        <v>1.44</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>99.91</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>0</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2382,54 +2385,54 @@
       <c r="I26" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P26" s="4">
         <v>1.44</v>
       </c>
       <c r="Q26" s="4">
-        <v>1.44</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>99.91</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>0</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2443,54 +2446,54 @@
       <c r="I27" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P27" s="4">
         <v>1.44</v>
       </c>
       <c r="Q27" s="4">
-        <v>1.44</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>99.91</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>0</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2504,54 +2507,54 @@
       <c r="I28" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P28" s="4">
         <v>1.44</v>
       </c>
       <c r="Q28" s="4">
-        <v>1.44</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>99.91</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>0</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2565,54 +2568,54 @@
       <c r="I29" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P29" s="4">
         <v>1.44</v>
       </c>
       <c r="Q29" s="4">
-        <v>1.44</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>99.91</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>0</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2626,54 +2629,54 @@
       <c r="I30" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P30" s="4">
         <v>1.44</v>
       </c>
       <c r="Q30" s="4">
-        <v>1.44</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>99.91</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>0</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -2687,54 +2690,54 @@
       <c r="I31" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P31" s="4">
         <v>1.44</v>
       </c>
       <c r="Q31" s="4">
-        <v>1.44</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>99.91</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>0</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -2748,54 +2751,54 @@
       <c r="I32" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P32" s="4">
         <v>1.44</v>
       </c>
       <c r="Q32" s="4">
-        <v>1.44</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>99.91</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>0</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -2809,54 +2812,54 @@
       <c r="I33" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P33" s="4">
         <v>1.44</v>
       </c>
       <c r="Q33" s="4">
-        <v>1.44</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>99.91</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>0</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C34" s="3"/>
       <c r="D34" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F34" s="3" t="s">
         <v>23</v>
@@ -2870,54 +2873,54 @@
       <c r="I34" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J34" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K34" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L34" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M34" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N34" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O34" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P34" s="4">
         <v>1.44</v>
       </c>
       <c r="Q34" s="4">
-        <v>1.44</v>
+        <v>0</v>
       </c>
       <c r="R34" s="4">
-        <v>99.91</v>
+        <v>0</v>
       </c>
       <c r="S34" s="4">
         <v>0</v>
       </c>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C35" s="3"/>
       <c r="D35" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F35" s="3" t="s">
         <v>23</v>
@@ -2931,54 +2934,54 @@
       <c r="I35" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P35" s="4">
         <v>1.44</v>
       </c>
       <c r="Q35" s="4">
-        <v>1.44</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>99.91</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>0</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -2992,54 +2995,54 @@
       <c r="I36" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P36" s="4">
         <v>1.44</v>
       </c>
       <c r="Q36" s="4">
-        <v>1.44</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>99.91</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>0</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3053,54 +3056,54 @@
       <c r="I37" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P37" s="4">
         <v>1.44</v>
       </c>
       <c r="Q37" s="4">
-        <v>1.44</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>99.91</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>0</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -3114,54 +3117,54 @@
       <c r="I38" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J38" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P38" s="4">
         <v>1.44</v>
       </c>
       <c r="Q38" s="4">
-        <v>1.44</v>
+        <v>0</v>
       </c>
       <c r="R38" s="4">
-        <v>99.91</v>
+        <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>0</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
@@ -3175,54 +3178,54 @@
       <c r="I39" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J39" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P39" s="4">
         <v>1.44</v>
       </c>
       <c r="Q39" s="4">
-        <v>1.44</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>99.91</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>0</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
@@ -3236,54 +3239,54 @@
       <c r="I40" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J40" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N40" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O40" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P40" s="4">
         <v>1.44</v>
       </c>
       <c r="Q40" s="4">
-        <v>1.44</v>
+        <v>0</v>
       </c>
       <c r="R40" s="4">
-        <v>99.91</v>
+        <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>0</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
@@ -3297,54 +3300,54 @@
       <c r="I41" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J41" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P41" s="4">
         <v>1.44</v>
       </c>
       <c r="Q41" s="4">
-        <v>1.44</v>
+        <v>0</v>
       </c>
       <c r="R41" s="4">
-        <v>99.91</v>
+        <v>0</v>
       </c>
       <c r="S41" s="4">
         <v>0</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
@@ -3358,54 +3361,54 @@
       <c r="I42" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J42" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O42" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P42" s="4">
         <v>1.44</v>
       </c>
       <c r="Q42" s="4">
-        <v>1.44</v>
+        <v>0</v>
       </c>
       <c r="R42" s="4">
-        <v>99.91</v>
+        <v>0</v>
       </c>
       <c r="S42" s="4">
         <v>0</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
@@ -3419,54 +3422,54 @@
       <c r="I43" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J43" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N43" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O43" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P43" s="4">
         <v>1.44</v>
       </c>
       <c r="Q43" s="4">
-        <v>1.44</v>
+        <v>0</v>
       </c>
       <c r="R43" s="4">
-        <v>99.91</v>
+        <v>0</v>
       </c>
       <c r="S43" s="4">
         <v>0</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
@@ -3480,54 +3483,54 @@
       <c r="I44" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J44" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P44" s="4">
         <v>1.44</v>
       </c>
       <c r="Q44" s="4">
-        <v>1.44</v>
+        <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>99.91</v>
+        <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>0</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
@@ -3541,54 +3544,54 @@
       <c r="I45" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J45" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K45" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L45" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M45" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N45" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O45" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P45" s="4">
         <v>1.44</v>
       </c>
       <c r="Q45" s="4">
-        <v>1.44</v>
+        <v>0</v>
       </c>
       <c r="R45" s="4">
-        <v>99.91</v>
+        <v>0</v>
       </c>
       <c r="S45" s="4">
         <v>0</v>
       </c>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C46" s="3"/>
       <c r="D46" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E46" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F46" s="3" t="s">
         <v>23</v>
@@ -3602,54 +3605,54 @@
       <c r="I46" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J46" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K46" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M46" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N46" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O46" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P46" s="4">
         <v>1.44</v>
       </c>
       <c r="Q46" s="4">
-        <v>1.44</v>
+        <v>0</v>
       </c>
       <c r="R46" s="4">
-        <v>99.91</v>
+        <v>0</v>
       </c>
       <c r="S46" s="4">
         <v>0</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3"/>
       <c r="D47" s="3" t="s">
         <v>62</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>23</v>
@@ -4917,54 +4920,54 @@
       <c r="I69" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J69" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K69" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L69" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M69" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N69" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O69" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P69" s="4">
         <v>3.43</v>
       </c>
       <c r="Q69" s="4">
-        <v>3.36</v>
+        <v>0</v>
       </c>
       <c r="R69" s="4">
-        <v>98.02</v>
+        <v>0</v>
       </c>
       <c r="S69" s="4">
         <v>100</v>
       </c>
       <c r="T69" s="1"/>
       <c r="U69" s="1"/>
       <c r="V69" s="1"/>
       <c r="W69" s="1"/>
     </row>
     <row r="70" spans="1:23">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C70" s="3"/>
       <c r="D70" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E70" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F70" s="3" t="s">
         <v>23</v>
@@ -4978,54 +4981,54 @@
       <c r="I70" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J70" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K70" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L70" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M70" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N70" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O70" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P70" s="4">
         <v>3.43</v>
       </c>
       <c r="Q70" s="4">
-        <v>3.36</v>
+        <v>0</v>
       </c>
       <c r="R70" s="4">
-        <v>98.02</v>
+        <v>0</v>
       </c>
       <c r="S70" s="4">
         <v>100</v>
       </c>
       <c r="T70" s="1"/>
       <c r="U70" s="1"/>
       <c r="V70" s="1"/>
       <c r="W70" s="1"/>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C71" s="3"/>
       <c r="D71" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E71" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F71" s="3" t="s">
         <v>23</v>
@@ -5039,54 +5042,54 @@
       <c r="I71" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J71" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K71" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L71" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M71" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N71" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O71" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P71" s="4">
         <v>3.43</v>
       </c>
       <c r="Q71" s="4">
-        <v>3.36</v>
+        <v>0</v>
       </c>
       <c r="R71" s="4">
-        <v>98.02</v>
+        <v>0</v>
       </c>
       <c r="S71" s="4">
         <v>100</v>
       </c>
       <c r="T71" s="1"/>
       <c r="U71" s="1"/>
       <c r="V71" s="1"/>
       <c r="W71" s="1"/>
     </row>
     <row r="72" spans="1:23">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C72" s="3"/>
       <c r="D72" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E72" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F72" s="3" t="s">
         <v>23</v>
@@ -5100,54 +5103,54 @@
       <c r="I72" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J72" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K72" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L72" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M72" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N72" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O72" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P72" s="4">
         <v>3.43</v>
       </c>
       <c r="Q72" s="4">
-        <v>3.36</v>
+        <v>0</v>
       </c>
       <c r="R72" s="4">
-        <v>98.02</v>
+        <v>0</v>
       </c>
       <c r="S72" s="4">
         <v>100</v>
       </c>
       <c r="T72" s="1"/>
       <c r="U72" s="1"/>
       <c r="V72" s="1"/>
       <c r="W72" s="1"/>
     </row>
     <row r="73" spans="1:23">
       <c r="A73" s="3">
         <v>71</v>
       </c>
       <c r="B73" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C73" s="3"/>
       <c r="D73" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E73" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F73" s="3" t="s">
         <v>23</v>
@@ -5161,54 +5164,54 @@
       <c r="I73" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J73" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K73" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L73" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M73" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N73" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O73" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P73" s="4">
         <v>3.43</v>
       </c>
       <c r="Q73" s="4">
-        <v>3.36</v>
+        <v>0</v>
       </c>
       <c r="R73" s="4">
-        <v>98.02</v>
+        <v>0</v>
       </c>
       <c r="S73" s="4">
         <v>100</v>
       </c>
       <c r="T73" s="1"/>
       <c r="U73" s="1"/>
       <c r="V73" s="1"/>
       <c r="W73" s="1"/>
     </row>
     <row r="74" spans="1:23">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C74" s="3"/>
       <c r="D74" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E74" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F74" s="3" t="s">
         <v>23</v>
@@ -5222,54 +5225,54 @@
       <c r="I74" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J74" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K74" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L74" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M74" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N74" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O74" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P74" s="4">
         <v>3.43</v>
       </c>
       <c r="Q74" s="4">
-        <v>3.36</v>
+        <v>0</v>
       </c>
       <c r="R74" s="4">
-        <v>98.02</v>
+        <v>0</v>
       </c>
       <c r="S74" s="4">
         <v>100</v>
       </c>
       <c r="T74" s="1"/>
       <c r="U74" s="1"/>
       <c r="V74" s="1"/>
       <c r="W74" s="1"/>
     </row>
     <row r="75" spans="1:23">
       <c r="A75" s="3">
         <v>73</v>
       </c>
       <c r="B75" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C75" s="3"/>
       <c r="D75" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E75" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F75" s="3" t="s">
         <v>23</v>
@@ -5283,54 +5286,54 @@
       <c r="I75" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J75" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K75" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L75" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M75" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N75" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O75" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P75" s="4">
         <v>3.43</v>
       </c>
       <c r="Q75" s="4">
-        <v>3.36</v>
+        <v>0</v>
       </c>
       <c r="R75" s="4">
-        <v>98.02</v>
+        <v>0</v>
       </c>
       <c r="S75" s="4">
         <v>100</v>
       </c>
       <c r="T75" s="1"/>
       <c r="U75" s="1"/>
       <c r="V75" s="1"/>
       <c r="W75" s="1"/>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" s="3">
         <v>74</v>
       </c>
       <c r="B76" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C76" s="3"/>
       <c r="D76" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E76" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F76" s="3" t="s">
         <v>23</v>
@@ -5344,54 +5347,54 @@
       <c r="I76" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J76" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K76" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L76" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M76" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N76" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O76" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P76" s="4">
         <v>3.43</v>
       </c>
       <c r="Q76" s="4">
-        <v>3.36</v>
+        <v>0</v>
       </c>
       <c r="R76" s="4">
-        <v>98.02</v>
+        <v>0</v>
       </c>
       <c r="S76" s="4">
         <v>100</v>
       </c>
       <c r="T76" s="1"/>
       <c r="U76" s="1"/>
       <c r="V76" s="1"/>
       <c r="W76" s="1"/>
     </row>
     <row r="77" spans="1:23">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C77" s="3"/>
       <c r="D77" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E77" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F77" s="3" t="s">
         <v>23</v>
@@ -5405,54 +5408,54 @@
       <c r="I77" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J77" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K77" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L77" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M77" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N77" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O77" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P77" s="4">
         <v>3.43</v>
       </c>
       <c r="Q77" s="4">
-        <v>3.36</v>
+        <v>0</v>
       </c>
       <c r="R77" s="4">
-        <v>98.02</v>
+        <v>0</v>
       </c>
       <c r="S77" s="4">
         <v>100</v>
       </c>
       <c r="T77" s="1"/>
       <c r="U77" s="1"/>
       <c r="V77" s="1"/>
       <c r="W77" s="1"/>
     </row>
     <row r="78" spans="1:23">
       <c r="A78" s="3">
         <v>76</v>
       </c>
       <c r="B78" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C78" s="3"/>
       <c r="D78" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E78" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F78" s="3" t="s">
         <v>23</v>
@@ -5466,54 +5469,54 @@
       <c r="I78" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J78" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K78" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L78" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M78" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N78" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O78" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P78" s="4">
         <v>3.43</v>
       </c>
       <c r="Q78" s="4">
-        <v>3.36</v>
+        <v>0</v>
       </c>
       <c r="R78" s="4">
-        <v>98.02</v>
+        <v>0</v>
       </c>
       <c r="S78" s="4">
         <v>100</v>
       </c>
       <c r="T78" s="1"/>
       <c r="U78" s="1"/>
       <c r="V78" s="1"/>
       <c r="W78" s="1"/>
     </row>
     <row r="79" spans="1:23">
       <c r="A79" s="3">
         <v>77</v>
       </c>
       <c r="B79" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C79" s="3"/>
       <c r="D79" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E79" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F79" s="3" t="s">
         <v>23</v>
@@ -5527,54 +5530,54 @@
       <c r="I79" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J79" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K79" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L79" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M79" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N79" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O79" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P79" s="4">
         <v>3.43</v>
       </c>
       <c r="Q79" s="4">
-        <v>3.36</v>
+        <v>0</v>
       </c>
       <c r="R79" s="4">
-        <v>98.02</v>
+        <v>0</v>
       </c>
       <c r="S79" s="4">
         <v>100</v>
       </c>
       <c r="T79" s="1"/>
       <c r="U79" s="1"/>
       <c r="V79" s="1"/>
       <c r="W79" s="1"/>
     </row>
     <row r="80" spans="1:23">
       <c r="A80" s="3">
         <v>78</v>
       </c>
       <c r="B80" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C80" s="3"/>
       <c r="D80" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E80" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F80" s="3" t="s">
         <v>23</v>
@@ -5588,54 +5591,54 @@
       <c r="I80" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J80" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K80" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L80" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M80" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N80" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O80" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P80" s="4">
         <v>3.43</v>
       </c>
       <c r="Q80" s="4">
-        <v>3.36</v>
+        <v>0</v>
       </c>
       <c r="R80" s="4">
-        <v>98.02</v>
+        <v>0</v>
       </c>
       <c r="S80" s="4">
         <v>100</v>
       </c>
       <c r="T80" s="1"/>
       <c r="U80" s="1"/>
       <c r="V80" s="1"/>
       <c r="W80" s="1"/>
     </row>
     <row r="81" spans="1:23">
       <c r="A81" s="3">
         <v>79</v>
       </c>
       <c r="B81" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C81" s="3"/>
       <c r="D81" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E81" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F81" s="3" t="s">
         <v>23</v>
@@ -5649,54 +5652,54 @@
       <c r="I81" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J81" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K81" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L81" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M81" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N81" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O81" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P81" s="4">
         <v>3.43</v>
       </c>
       <c r="Q81" s="4">
-        <v>3.36</v>
+        <v>0</v>
       </c>
       <c r="R81" s="4">
-        <v>98.02</v>
+        <v>0</v>
       </c>
       <c r="S81" s="4">
         <v>100</v>
       </c>
       <c r="T81" s="1"/>
       <c r="U81" s="1"/>
       <c r="V81" s="1"/>
       <c r="W81" s="1"/>
     </row>
     <row r="82" spans="1:23">
       <c r="A82" s="3">
         <v>80</v>
       </c>
       <c r="B82" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C82" s="3"/>
       <c r="D82" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E82" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F82" s="3" t="s">
         <v>23</v>
@@ -5710,54 +5713,54 @@
       <c r="I82" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J82" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K82" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L82" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M82" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N82" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O82" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P82" s="4">
         <v>3.43</v>
       </c>
       <c r="Q82" s="4">
-        <v>3.36</v>
+        <v>0</v>
       </c>
       <c r="R82" s="4">
-        <v>98.02</v>
+        <v>0</v>
       </c>
       <c r="S82" s="4">
         <v>100</v>
       </c>
       <c r="T82" s="1"/>
       <c r="U82" s="1"/>
       <c r="V82" s="1"/>
       <c r="W82" s="1"/>
     </row>
     <row r="83" spans="1:23">
       <c r="A83" s="3">
         <v>81</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C83" s="3"/>
       <c r="D83" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E83" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F83" s="3" t="s">
         <v>23</v>
@@ -5771,54 +5774,54 @@
       <c r="I83" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J83" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K83" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L83" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M83" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N83" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O83" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P83" s="4">
         <v>3.43</v>
       </c>
       <c r="Q83" s="4">
-        <v>3.36</v>
+        <v>0</v>
       </c>
       <c r="R83" s="4">
-        <v>98.02</v>
+        <v>0</v>
       </c>
       <c r="S83" s="4">
         <v>100</v>
       </c>
       <c r="T83" s="1"/>
       <c r="U83" s="1"/>
       <c r="V83" s="1"/>
       <c r="W83" s="1"/>
     </row>
     <row r="84" spans="1:23">
       <c r="A84" s="3">
         <v>82</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C84" s="3"/>
       <c r="D84" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E84" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F84" s="3" t="s">
         <v>23</v>
@@ -5832,54 +5835,54 @@
       <c r="I84" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J84" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K84" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L84" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M84" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N84" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O84" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P84" s="4">
         <v>3.43</v>
       </c>
       <c r="Q84" s="4">
-        <v>3.36</v>
+        <v>0</v>
       </c>
       <c r="R84" s="4">
-        <v>98.02</v>
+        <v>0</v>
       </c>
       <c r="S84" s="4">
         <v>100</v>
       </c>
       <c r="T84" s="1"/>
       <c r="U84" s="1"/>
       <c r="V84" s="1"/>
       <c r="W84" s="1"/>
     </row>
     <row r="85" spans="1:23">
       <c r="A85" s="3">
         <v>83</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C85" s="3"/>
       <c r="D85" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E85" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F85" s="3" t="s">
         <v>23</v>
@@ -5893,54 +5896,54 @@
       <c r="I85" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J85" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K85" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L85" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M85" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N85" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O85" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P85" s="4">
         <v>3.43</v>
       </c>
       <c r="Q85" s="4">
-        <v>3.36</v>
+        <v>0</v>
       </c>
       <c r="R85" s="4">
-        <v>98.02</v>
+        <v>0</v>
       </c>
       <c r="S85" s="4">
         <v>100</v>
       </c>
       <c r="T85" s="1"/>
       <c r="U85" s="1"/>
       <c r="V85" s="1"/>
       <c r="W85" s="1"/>
     </row>
     <row r="86" spans="1:23">
       <c r="A86" s="3">
         <v>84</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C86" s="3"/>
       <c r="D86" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E86" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F86" s="3" t="s">
         <v>23</v>
@@ -5954,54 +5957,54 @@
       <c r="I86" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J86" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K86" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L86" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M86" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N86" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O86" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P86" s="4">
         <v>3.43</v>
       </c>
       <c r="Q86" s="4">
-        <v>3.36</v>
+        <v>0</v>
       </c>
       <c r="R86" s="4">
-        <v>98.02</v>
+        <v>0</v>
       </c>
       <c r="S86" s="4">
         <v>100</v>
       </c>
       <c r="T86" s="1"/>
       <c r="U86" s="1"/>
       <c r="V86" s="1"/>
       <c r="W86" s="1"/>
     </row>
     <row r="87" spans="1:23">
       <c r="A87" s="3">
         <v>85</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C87" s="3"/>
       <c r="D87" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E87" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F87" s="3" t="s">
         <v>23</v>
@@ -6015,54 +6018,54 @@
       <c r="I87" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J87" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K87" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L87" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M87" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N87" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O87" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P87" s="4">
         <v>3.43</v>
       </c>
       <c r="Q87" s="4">
-        <v>3.36</v>
+        <v>0</v>
       </c>
       <c r="R87" s="4">
-        <v>98.02</v>
+        <v>0</v>
       </c>
       <c r="S87" s="4">
         <v>100</v>
       </c>
       <c r="T87" s="1"/>
       <c r="U87" s="1"/>
       <c r="V87" s="1"/>
       <c r="W87" s="1"/>
     </row>
     <row r="88" spans="1:23">
       <c r="A88" s="3">
         <v>86</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C88" s="3"/>
       <c r="D88" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E88" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F88" s="3" t="s">
         <v>23</v>
@@ -6076,54 +6079,54 @@
       <c r="I88" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J88" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K88" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L88" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M88" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N88" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O88" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P88" s="4">
         <v>3.43</v>
       </c>
       <c r="Q88" s="4">
-        <v>3.36</v>
+        <v>0</v>
       </c>
       <c r="R88" s="4">
-        <v>98.02</v>
+        <v>0</v>
       </c>
       <c r="S88" s="4">
         <v>100</v>
       </c>
       <c r="T88" s="1"/>
       <c r="U88" s="1"/>
       <c r="V88" s="1"/>
       <c r="W88" s="1"/>
     </row>
     <row r="89" spans="1:23">
       <c r="A89" s="3">
         <v>87</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C89" s="3"/>
       <c r="D89" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E89" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F89" s="3" t="s">
         <v>23</v>
@@ -6137,54 +6140,54 @@
       <c r="I89" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J89" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K89" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L89" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M89" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N89" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O89" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P89" s="4">
         <v>3.43</v>
       </c>
       <c r="Q89" s="4">
-        <v>3.36</v>
+        <v>0</v>
       </c>
       <c r="R89" s="4">
-        <v>98.02</v>
+        <v>0</v>
       </c>
       <c r="S89" s="4">
         <v>100</v>
       </c>
       <c r="T89" s="1"/>
       <c r="U89" s="1"/>
       <c r="V89" s="1"/>
       <c r="W89" s="1"/>
     </row>
     <row r="90" spans="1:23">
       <c r="A90" s="3">
         <v>88</v>
       </c>
       <c r="B90" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C90" s="3"/>
       <c r="D90" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E90" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F90" s="3" t="s">
         <v>23</v>
@@ -6198,54 +6201,54 @@
       <c r="I90" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J90" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K90" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L90" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M90" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N90" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O90" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P90" s="4">
         <v>3.43</v>
       </c>
       <c r="Q90" s="4">
-        <v>3.36</v>
+        <v>0</v>
       </c>
       <c r="R90" s="4">
-        <v>98.02</v>
+        <v>0</v>
       </c>
       <c r="S90" s="4">
         <v>100</v>
       </c>
       <c r="T90" s="1"/>
       <c r="U90" s="1"/>
       <c r="V90" s="1"/>
       <c r="W90" s="1"/>
     </row>
     <row r="91" spans="1:23">
       <c r="A91" s="3">
         <v>89</v>
       </c>
       <c r="B91" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C91" s="3"/>
       <c r="D91" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E91" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F91" s="3" t="s">
         <v>23</v>
@@ -6259,54 +6262,54 @@
       <c r="I91" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J91" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K91" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L91" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M91" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N91" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O91" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P91" s="4">
         <v>10.38</v>
       </c>
       <c r="Q91" s="4">
-        <v>10.38</v>
+        <v>0</v>
       </c>
       <c r="R91" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S91" s="4">
         <v>100</v>
       </c>
       <c r="T91" s="1"/>
       <c r="U91" s="1"/>
       <c r="V91" s="1"/>
       <c r="W91" s="1"/>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" s="3">
         <v>90</v>
       </c>
       <c r="B92" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C92" s="3"/>
       <c r="D92" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E92" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F92" s="3" t="s">
         <v>23</v>
@@ -6320,54 +6323,54 @@
       <c r="I92" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J92" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K92" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L92" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M92" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N92" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O92" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P92" s="4">
         <v>10.38</v>
       </c>
       <c r="Q92" s="4">
-        <v>10.38</v>
+        <v>0</v>
       </c>
       <c r="R92" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S92" s="4">
         <v>100</v>
       </c>
       <c r="T92" s="1"/>
       <c r="U92" s="1"/>
       <c r="V92" s="1"/>
       <c r="W92" s="1"/>
     </row>
     <row r="93" spans="1:23">
       <c r="A93" s="3">
         <v>91</v>
       </c>
       <c r="B93" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C93" s="3"/>
       <c r="D93" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E93" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F93" s="3" t="s">
         <v>23</v>
@@ -6381,54 +6384,54 @@
       <c r="I93" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J93" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K93" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L93" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M93" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N93" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O93" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P93" s="4">
         <v>10.38</v>
       </c>
       <c r="Q93" s="4">
-        <v>10.38</v>
+        <v>0</v>
       </c>
       <c r="R93" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S93" s="4">
         <v>100</v>
       </c>
       <c r="T93" s="1"/>
       <c r="U93" s="1"/>
       <c r="V93" s="1"/>
       <c r="W93" s="1"/>
     </row>
     <row r="94" spans="1:23">
       <c r="A94" s="3">
         <v>92</v>
       </c>
       <c r="B94" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C94" s="3"/>
       <c r="D94" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E94" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F94" s="3" t="s">
         <v>23</v>
@@ -6442,54 +6445,54 @@
       <c r="I94" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J94" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K94" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L94" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M94" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N94" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O94" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P94" s="4">
         <v>10.38</v>
       </c>
       <c r="Q94" s="4">
-        <v>10.38</v>
+        <v>0</v>
       </c>
       <c r="R94" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S94" s="4">
         <v>100</v>
       </c>
       <c r="T94" s="1"/>
       <c r="U94" s="1"/>
       <c r="V94" s="1"/>
       <c r="W94" s="1"/>
     </row>
     <row r="95" spans="1:23">
       <c r="A95" s="3">
         <v>93</v>
       </c>
       <c r="B95" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C95" s="3"/>
       <c r="D95" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E95" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F95" s="3" t="s">
         <v>23</v>
@@ -6503,54 +6506,54 @@
       <c r="I95" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J95" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K95" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L95" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M95" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N95" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O95" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P95" s="4">
         <v>10.38</v>
       </c>
       <c r="Q95" s="4">
-        <v>10.38</v>
+        <v>0</v>
       </c>
       <c r="R95" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S95" s="4">
         <v>100</v>
       </c>
       <c r="T95" s="1"/>
       <c r="U95" s="1"/>
       <c r="V95" s="1"/>
       <c r="W95" s="1"/>
     </row>
     <row r="96" spans="1:23">
       <c r="A96" s="3">
         <v>94</v>
       </c>
       <c r="B96" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C96" s="3"/>
       <c r="D96" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E96" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F96" s="3" t="s">
         <v>23</v>
@@ -6564,54 +6567,54 @@
       <c r="I96" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J96" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K96" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L96" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M96" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N96" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O96" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P96" s="4">
         <v>10.38</v>
       </c>
       <c r="Q96" s="4">
-        <v>10.38</v>
+        <v>0</v>
       </c>
       <c r="R96" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S96" s="4">
         <v>100</v>
       </c>
       <c r="T96" s="1"/>
       <c r="U96" s="1"/>
       <c r="V96" s="1"/>
       <c r="W96" s="1"/>
     </row>
     <row r="97" spans="1:23">
       <c r="A97" s="3">
         <v>95</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C97" s="3"/>
       <c r="D97" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E97" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F97" s="3" t="s">
         <v>23</v>
@@ -6625,54 +6628,54 @@
       <c r="I97" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J97" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K97" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L97" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M97" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N97" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O97" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P97" s="4">
         <v>10.38</v>
       </c>
       <c r="Q97" s="4">
-        <v>10.38</v>
+        <v>0</v>
       </c>
       <c r="R97" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S97" s="4">
         <v>100</v>
       </c>
       <c r="T97" s="1"/>
       <c r="U97" s="1"/>
       <c r="V97" s="1"/>
       <c r="W97" s="1"/>
     </row>
     <row r="98" spans="1:23">
       <c r="A98" s="3">
         <v>96</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C98" s="3"/>
       <c r="D98" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E98" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F98" s="3" t="s">
         <v>23</v>
@@ -6686,54 +6689,54 @@
       <c r="I98" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J98" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K98" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L98" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M98" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N98" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O98" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P98" s="4">
         <v>10.38</v>
       </c>
       <c r="Q98" s="4">
-        <v>10.38</v>
+        <v>0</v>
       </c>
       <c r="R98" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S98" s="4">
         <v>100</v>
       </c>
       <c r="T98" s="1"/>
       <c r="U98" s="1"/>
       <c r="V98" s="1"/>
       <c r="W98" s="1"/>
     </row>
     <row r="99" spans="1:23">
       <c r="A99" s="3">
         <v>97</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C99" s="3"/>
       <c r="D99" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E99" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F99" s="3" t="s">
         <v>23</v>
@@ -6747,54 +6750,54 @@
       <c r="I99" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J99" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K99" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L99" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M99" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N99" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O99" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P99" s="4">
         <v>10.38</v>
       </c>
       <c r="Q99" s="4">
-        <v>10.38</v>
+        <v>0</v>
       </c>
       <c r="R99" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S99" s="4">
         <v>100</v>
       </c>
       <c r="T99" s="1"/>
       <c r="U99" s="1"/>
       <c r="V99" s="1"/>
       <c r="W99" s="1"/>
     </row>
     <row r="100" spans="1:23">
       <c r="A100" s="3">
         <v>98</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C100" s="3"/>
       <c r="D100" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E100" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F100" s="3" t="s">
         <v>23</v>
@@ -6808,54 +6811,54 @@
       <c r="I100" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J100" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K100" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L100" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M100" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N100" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O100" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P100" s="4">
         <v>10.38</v>
       </c>
       <c r="Q100" s="4">
-        <v>10.38</v>
+        <v>0</v>
       </c>
       <c r="R100" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S100" s="4">
         <v>100</v>
       </c>
       <c r="T100" s="1"/>
       <c r="U100" s="1"/>
       <c r="V100" s="1"/>
       <c r="W100" s="1"/>
     </row>
     <row r="101" spans="1:23">
       <c r="A101" s="3">
         <v>99</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C101" s="3"/>
       <c r="D101" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E101" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F101" s="3" t="s">
         <v>23</v>
@@ -6869,54 +6872,54 @@
       <c r="I101" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J101" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K101" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L101" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M101" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N101" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O101" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P101" s="4">
         <v>10.38</v>
       </c>
       <c r="Q101" s="4">
-        <v>10.38</v>
+        <v>0</v>
       </c>
       <c r="R101" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S101" s="4">
         <v>100</v>
       </c>
       <c r="T101" s="1"/>
       <c r="U101" s="1"/>
       <c r="V101" s="1"/>
       <c r="W101" s="1"/>
     </row>
     <row r="102" spans="1:23">
       <c r="A102" s="3">
         <v>100</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C102" s="3"/>
       <c r="D102" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E102" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F102" s="3" t="s">
         <v>23</v>
@@ -6930,54 +6933,54 @@
       <c r="I102" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J102" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K102" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L102" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M102" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N102" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O102" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P102" s="4">
         <v>10.38</v>
       </c>
       <c r="Q102" s="4">
-        <v>10.38</v>
+        <v>0</v>
       </c>
       <c r="R102" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S102" s="4">
         <v>100</v>
       </c>
       <c r="T102" s="1"/>
       <c r="U102" s="1"/>
       <c r="V102" s="1"/>
       <c r="W102" s="1"/>
     </row>
     <row r="103" spans="1:23">
       <c r="A103" s="3">
         <v>101</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C103" s="3"/>
       <c r="D103" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E103" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F103" s="3" t="s">
         <v>23</v>
@@ -6991,54 +6994,54 @@
       <c r="I103" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J103" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K103" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L103" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M103" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N103" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O103" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P103" s="4">
         <v>10.38</v>
       </c>
       <c r="Q103" s="4">
-        <v>10.38</v>
+        <v>0</v>
       </c>
       <c r="R103" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S103" s="4">
         <v>100</v>
       </c>
       <c r="T103" s="1"/>
       <c r="U103" s="1"/>
       <c r="V103" s="1"/>
       <c r="W103" s="1"/>
     </row>
     <row r="104" spans="1:23">
       <c r="A104" s="3">
         <v>102</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C104" s="3"/>
       <c r="D104" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E104" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F104" s="3" t="s">
         <v>23</v>
@@ -7052,54 +7055,54 @@
       <c r="I104" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J104" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K104" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L104" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M104" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N104" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O104" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P104" s="4">
         <v>10.38</v>
       </c>
       <c r="Q104" s="4">
-        <v>10.38</v>
+        <v>0</v>
       </c>
       <c r="R104" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S104" s="4">
         <v>100</v>
       </c>
       <c r="T104" s="1"/>
       <c r="U104" s="1"/>
       <c r="V104" s="1"/>
       <c r="W104" s="1"/>
     </row>
     <row r="105" spans="1:23">
       <c r="A105" s="3">
         <v>103</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C105" s="3"/>
       <c r="D105" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E105" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F105" s="3" t="s">
         <v>23</v>
@@ -7113,54 +7116,54 @@
       <c r="I105" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J105" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K105" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L105" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M105" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N105" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O105" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P105" s="4">
         <v>10.38</v>
       </c>
       <c r="Q105" s="4">
-        <v>10.38</v>
+        <v>0</v>
       </c>
       <c r="R105" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S105" s="4">
         <v>100</v>
       </c>
       <c r="T105" s="1"/>
       <c r="U105" s="1"/>
       <c r="V105" s="1"/>
       <c r="W105" s="1"/>
     </row>
     <row r="106" spans="1:23">
       <c r="A106" s="3">
         <v>104</v>
       </c>
       <c r="B106" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C106" s="3"/>
       <c r="D106" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E106" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F106" s="3" t="s">
         <v>23</v>
@@ -7174,54 +7177,54 @@
       <c r="I106" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J106" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K106" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L106" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M106" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N106" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O106" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P106" s="4">
         <v>10.38</v>
       </c>
       <c r="Q106" s="4">
-        <v>10.38</v>
+        <v>0</v>
       </c>
       <c r="R106" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S106" s="4">
         <v>100</v>
       </c>
       <c r="T106" s="1"/>
       <c r="U106" s="1"/>
       <c r="V106" s="1"/>
       <c r="W106" s="1"/>
     </row>
     <row r="107" spans="1:23">
       <c r="A107" s="3">
         <v>105</v>
       </c>
       <c r="B107" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C107" s="3"/>
       <c r="D107" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E107" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F107" s="3" t="s">
         <v>23</v>
@@ -7235,54 +7238,54 @@
       <c r="I107" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J107" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K107" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L107" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M107" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N107" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O107" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P107" s="4">
         <v>10.38</v>
       </c>
       <c r="Q107" s="4">
-        <v>10.38</v>
+        <v>0</v>
       </c>
       <c r="R107" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S107" s="4">
         <v>100</v>
       </c>
       <c r="T107" s="1"/>
       <c r="U107" s="1"/>
       <c r="V107" s="1"/>
       <c r="W107" s="1"/>
     </row>
     <row r="108" spans="1:23">
       <c r="A108" s="3">
         <v>106</v>
       </c>
       <c r="B108" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C108" s="3"/>
       <c r="D108" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E108" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F108" s="3" t="s">
         <v>23</v>
@@ -7296,54 +7299,54 @@
       <c r="I108" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J108" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K108" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L108" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M108" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N108" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O108" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P108" s="4">
         <v>10.38</v>
       </c>
       <c r="Q108" s="4">
-        <v>10.38</v>
+        <v>0</v>
       </c>
       <c r="R108" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S108" s="4">
         <v>100</v>
       </c>
       <c r="T108" s="1"/>
       <c r="U108" s="1"/>
       <c r="V108" s="1"/>
       <c r="W108" s="1"/>
     </row>
     <row r="109" spans="1:23">
       <c r="A109" s="3">
         <v>107</v>
       </c>
       <c r="B109" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C109" s="3"/>
       <c r="D109" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E109" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F109" s="3" t="s">
         <v>23</v>
@@ -7357,54 +7360,54 @@
       <c r="I109" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J109" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K109" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L109" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M109" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N109" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O109" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P109" s="4">
         <v>10.38</v>
       </c>
       <c r="Q109" s="4">
-        <v>10.38</v>
+        <v>0</v>
       </c>
       <c r="R109" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S109" s="4">
         <v>100</v>
       </c>
       <c r="T109" s="1"/>
       <c r="U109" s="1"/>
       <c r="V109" s="1"/>
       <c r="W109" s="1"/>
     </row>
     <row r="110" spans="1:23">
       <c r="A110" s="3">
         <v>108</v>
       </c>
       <c r="B110" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C110" s="3"/>
       <c r="D110" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E110" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F110" s="3" t="s">
         <v>23</v>
@@ -7418,54 +7421,54 @@
       <c r="I110" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J110" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K110" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L110" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M110" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N110" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O110" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P110" s="4">
         <v>10.38</v>
       </c>
       <c r="Q110" s="4">
-        <v>10.38</v>
+        <v>0</v>
       </c>
       <c r="R110" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S110" s="4">
         <v>100</v>
       </c>
       <c r="T110" s="1"/>
       <c r="U110" s="1"/>
       <c r="V110" s="1"/>
       <c r="W110" s="1"/>
     </row>
     <row r="111" spans="1:23">
       <c r="A111" s="3">
         <v>109</v>
       </c>
       <c r="B111" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C111" s="3"/>
       <c r="D111" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E111" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F111" s="3" t="s">
         <v>23</v>
@@ -7479,54 +7482,54 @@
       <c r="I111" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J111" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K111" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L111" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M111" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N111" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O111" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P111" s="4">
         <v>10.38</v>
       </c>
       <c r="Q111" s="4">
-        <v>10.38</v>
+        <v>0</v>
       </c>
       <c r="R111" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S111" s="4">
         <v>100</v>
       </c>
       <c r="T111" s="1"/>
       <c r="U111" s="1"/>
       <c r="V111" s="1"/>
       <c r="W111" s="1"/>
     </row>
     <row r="112" spans="1:23">
       <c r="A112" s="3">
         <v>110</v>
       </c>
       <c r="B112" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C112" s="3"/>
       <c r="D112" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E112" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F112" s="3" t="s">
         <v>23</v>
@@ -7540,54 +7543,54 @@
       <c r="I112" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J112" s="13" t="s">
         <v>77</v>
       </c>
       <c r="K112" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L112" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M112" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N112" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O112" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P112" s="4">
         <v>10.38</v>
       </c>
       <c r="Q112" s="4">
-        <v>10.38</v>
+        <v>0</v>
       </c>
       <c r="R112" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S112" s="4">
         <v>100</v>
       </c>
       <c r="T112" s="1"/>
       <c r="U112" s="1"/>
       <c r="V112" s="1"/>
       <c r="W112" s="1"/>
     </row>
     <row r="113" spans="1:23">
       <c r="A113" s="3">
         <v>111</v>
       </c>
       <c r="B113" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C113" s="3"/>
       <c r="D113" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E113" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F113" s="3" t="s">
         <v>23</v>
@@ -7601,54 +7604,54 @@
       <c r="I113" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J113" s="13" t="s">
         <v>84</v>
       </c>
       <c r="K113" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L113" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M113" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N113" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O113" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P113" s="4">
         <v>4.57</v>
       </c>
       <c r="Q113" s="4">
-        <v>4.52</v>
+        <v>0</v>
       </c>
       <c r="R113" s="4">
-        <v>98.9</v>
+        <v>0</v>
       </c>
       <c r="S113" s="4">
         <v>95</v>
       </c>
       <c r="T113" s="1"/>
       <c r="U113" s="1"/>
       <c r="V113" s="1"/>
       <c r="W113" s="1"/>
     </row>
     <row r="114" spans="1:23">
       <c r="A114" s="3">
         <v>112</v>
       </c>
       <c r="B114" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C114" s="3"/>
       <c r="D114" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E114" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F114" s="3" t="s">
         <v>23</v>
@@ -7662,54 +7665,54 @@
       <c r="I114" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J114" s="13" t="s">
         <v>84</v>
       </c>
       <c r="K114" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L114" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M114" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N114" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O114" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P114" s="4">
         <v>4.57</v>
       </c>
       <c r="Q114" s="4">
-        <v>4.52</v>
+        <v>0</v>
       </c>
       <c r="R114" s="4">
-        <v>98.9</v>
+        <v>0</v>
       </c>
       <c r="S114" s="4">
         <v>95</v>
       </c>
       <c r="T114" s="1"/>
       <c r="U114" s="1"/>
       <c r="V114" s="1"/>
       <c r="W114" s="1"/>
     </row>
     <row r="115" spans="1:23">
       <c r="A115" s="3">
         <v>113</v>
       </c>
       <c r="B115" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C115" s="3"/>
       <c r="D115" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E115" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F115" s="3" t="s">
         <v>23</v>
@@ -7723,54 +7726,54 @@
       <c r="I115" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J115" s="13" t="s">
         <v>84</v>
       </c>
       <c r="K115" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L115" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M115" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N115" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O115" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P115" s="4">
         <v>4.57</v>
       </c>
       <c r="Q115" s="4">
-        <v>4.52</v>
+        <v>0</v>
       </c>
       <c r="R115" s="4">
-        <v>98.9</v>
+        <v>0</v>
       </c>
       <c r="S115" s="4">
         <v>95</v>
       </c>
       <c r="T115" s="1"/>
       <c r="U115" s="1"/>
       <c r="V115" s="1"/>
       <c r="W115" s="1"/>
     </row>
     <row r="116" spans="1:23">
       <c r="A116" s="3">
         <v>114</v>
       </c>
       <c r="B116" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C116" s="3"/>
       <c r="D116" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E116" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F116" s="3" t="s">
         <v>23</v>
@@ -7784,54 +7787,54 @@
       <c r="I116" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J116" s="13" t="s">
         <v>84</v>
       </c>
       <c r="K116" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L116" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M116" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N116" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O116" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P116" s="4">
         <v>4.57</v>
       </c>
       <c r="Q116" s="4">
-        <v>4.52</v>
+        <v>0</v>
       </c>
       <c r="R116" s="4">
-        <v>98.9</v>
+        <v>0</v>
       </c>
       <c r="S116" s="4">
         <v>95</v>
       </c>
       <c r="T116" s="1"/>
       <c r="U116" s="1"/>
       <c r="V116" s="1"/>
       <c r="W116" s="1"/>
     </row>
     <row r="117" spans="1:23">
       <c r="A117" s="3">
         <v>115</v>
       </c>
       <c r="B117" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C117" s="3"/>
       <c r="D117" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E117" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F117" s="3" t="s">
         <v>23</v>
@@ -7845,54 +7848,54 @@
       <c r="I117" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J117" s="13" t="s">
         <v>84</v>
       </c>
       <c r="K117" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L117" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M117" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N117" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O117" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P117" s="4">
         <v>4.57</v>
       </c>
       <c r="Q117" s="4">
-        <v>4.52</v>
+        <v>0</v>
       </c>
       <c r="R117" s="4">
-        <v>98.9</v>
+        <v>0</v>
       </c>
       <c r="S117" s="4">
         <v>95</v>
       </c>
       <c r="T117" s="1"/>
       <c r="U117" s="1"/>
       <c r="V117" s="1"/>
       <c r="W117" s="1"/>
     </row>
     <row r="118" spans="1:23">
       <c r="A118" s="3">
         <v>116</v>
       </c>
       <c r="B118" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C118" s="3"/>
       <c r="D118" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E118" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F118" s="3" t="s">
         <v>23</v>
@@ -7906,54 +7909,54 @@
       <c r="I118" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J118" s="13" t="s">
         <v>84</v>
       </c>
       <c r="K118" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L118" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M118" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N118" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O118" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P118" s="4">
         <v>4.57</v>
       </c>
       <c r="Q118" s="4">
-        <v>4.52</v>
+        <v>0</v>
       </c>
       <c r="R118" s="4">
-        <v>98.9</v>
+        <v>0</v>
       </c>
       <c r="S118" s="4">
         <v>95</v>
       </c>
       <c r="T118" s="1"/>
       <c r="U118" s="1"/>
       <c r="V118" s="1"/>
       <c r="W118" s="1"/>
     </row>
     <row r="119" spans="1:23">
       <c r="A119" s="3">
         <v>117</v>
       </c>
       <c r="B119" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C119" s="3"/>
       <c r="D119" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E119" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F119" s="3" t="s">
         <v>23</v>
@@ -7967,54 +7970,54 @@
       <c r="I119" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J119" s="13" t="s">
         <v>84</v>
       </c>
       <c r="K119" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L119" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M119" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N119" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O119" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P119" s="4">
         <v>4.57</v>
       </c>
       <c r="Q119" s="4">
-        <v>4.52</v>
+        <v>0</v>
       </c>
       <c r="R119" s="4">
-        <v>98.9</v>
+        <v>0</v>
       </c>
       <c r="S119" s="4">
         <v>95</v>
       </c>
       <c r="T119" s="1"/>
       <c r="U119" s="1"/>
       <c r="V119" s="1"/>
       <c r="W119" s="1"/>
     </row>
     <row r="120" spans="1:23">
       <c r="A120" s="3">
         <v>118</v>
       </c>
       <c r="B120" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C120" s="3"/>
       <c r="D120" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E120" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F120" s="3" t="s">
         <v>23</v>
@@ -8028,54 +8031,54 @@
       <c r="I120" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J120" s="13" t="s">
         <v>84</v>
       </c>
       <c r="K120" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L120" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M120" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N120" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O120" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P120" s="4">
         <v>4.57</v>
       </c>
       <c r="Q120" s="4">
-        <v>4.52</v>
+        <v>0</v>
       </c>
       <c r="R120" s="4">
-        <v>98.9</v>
+        <v>0</v>
       </c>
       <c r="S120" s="4">
         <v>95</v>
       </c>
       <c r="T120" s="1"/>
       <c r="U120" s="1"/>
       <c r="V120" s="1"/>
       <c r="W120" s="1"/>
     </row>
     <row r="121" spans="1:23">
       <c r="A121" s="3">
         <v>119</v>
       </c>
       <c r="B121" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C121" s="3"/>
       <c r="D121" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E121" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F121" s="3" t="s">
         <v>23</v>
@@ -8089,54 +8092,54 @@
       <c r="I121" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J121" s="13" t="s">
         <v>84</v>
       </c>
       <c r="K121" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L121" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M121" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N121" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O121" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P121" s="4">
         <v>4.57</v>
       </c>
       <c r="Q121" s="4">
-        <v>4.52</v>
+        <v>0</v>
       </c>
       <c r="R121" s="4">
-        <v>98.9</v>
+        <v>0</v>
       </c>
       <c r="S121" s="4">
         <v>95</v>
       </c>
       <c r="T121" s="1"/>
       <c r="U121" s="1"/>
       <c r="V121" s="1"/>
       <c r="W121" s="1"/>
     </row>
     <row r="122" spans="1:23">
       <c r="A122" s="3">
         <v>120</v>
       </c>
       <c r="B122" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C122" s="3"/>
       <c r="D122" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E122" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F122" s="3" t="s">
         <v>23</v>
@@ -8150,54 +8153,54 @@
       <c r="I122" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J122" s="13" t="s">
         <v>84</v>
       </c>
       <c r="K122" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L122" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M122" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N122" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O122" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P122" s="4">
         <v>4.57</v>
       </c>
       <c r="Q122" s="4">
-        <v>4.52</v>
+        <v>0</v>
       </c>
       <c r="R122" s="4">
-        <v>98.9</v>
+        <v>0</v>
       </c>
       <c r="S122" s="4">
         <v>95</v>
       </c>
       <c r="T122" s="1"/>
       <c r="U122" s="1"/>
       <c r="V122" s="1"/>
       <c r="W122" s="1"/>
     </row>
     <row r="123" spans="1:23">
       <c r="A123" s="3">
         <v>121</v>
       </c>
       <c r="B123" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C123" s="3"/>
       <c r="D123" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E123" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F123" s="3" t="s">
         <v>23</v>
@@ -8211,54 +8214,54 @@
       <c r="I123" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J123" s="13" t="s">
         <v>84</v>
       </c>
       <c r="K123" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L123" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M123" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N123" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O123" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P123" s="4">
         <v>4.57</v>
       </c>
       <c r="Q123" s="4">
-        <v>4.52</v>
+        <v>0</v>
       </c>
       <c r="R123" s="4">
-        <v>98.9</v>
+        <v>0</v>
       </c>
       <c r="S123" s="4">
         <v>95</v>
       </c>
       <c r="T123" s="1"/>
       <c r="U123" s="1"/>
       <c r="V123" s="1"/>
       <c r="W123" s="1"/>
     </row>
     <row r="124" spans="1:23">
       <c r="A124" s="3">
         <v>122</v>
       </c>
       <c r="B124" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C124" s="3"/>
       <c r="D124" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E124" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F124" s="3" t="s">
         <v>23</v>
@@ -8272,54 +8275,54 @@
       <c r="I124" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J124" s="13" t="s">
         <v>84</v>
       </c>
       <c r="K124" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L124" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M124" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N124" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O124" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P124" s="4">
         <v>4.57</v>
       </c>
       <c r="Q124" s="4">
-        <v>4.52</v>
+        <v>0</v>
       </c>
       <c r="R124" s="4">
-        <v>98.9</v>
+        <v>0</v>
       </c>
       <c r="S124" s="4">
         <v>95</v>
       </c>
       <c r="T124" s="1"/>
       <c r="U124" s="1"/>
       <c r="V124" s="1"/>
       <c r="W124" s="1"/>
     </row>
     <row r="125" spans="1:23">
       <c r="A125" s="3">
         <v>123</v>
       </c>
       <c r="B125" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C125" s="3"/>
       <c r="D125" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E125" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F125" s="3" t="s">
         <v>23</v>
@@ -8333,54 +8336,54 @@
       <c r="I125" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J125" s="13" t="s">
         <v>84</v>
       </c>
       <c r="K125" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L125" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M125" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N125" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O125" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P125" s="4">
         <v>4.57</v>
       </c>
       <c r="Q125" s="4">
-        <v>4.52</v>
+        <v>0</v>
       </c>
       <c r="R125" s="4">
-        <v>98.9</v>
+        <v>0</v>
       </c>
       <c r="S125" s="4">
         <v>95</v>
       </c>
       <c r="T125" s="1"/>
       <c r="U125" s="1"/>
       <c r="V125" s="1"/>
       <c r="W125" s="1"/>
     </row>
     <row r="126" spans="1:23">
       <c r="A126" s="3">
         <v>124</v>
       </c>
       <c r="B126" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C126" s="3"/>
       <c r="D126" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E126" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F126" s="3" t="s">
         <v>23</v>
@@ -8394,54 +8397,54 @@
       <c r="I126" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J126" s="13" t="s">
         <v>84</v>
       </c>
       <c r="K126" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L126" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M126" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N126" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O126" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P126" s="4">
         <v>4.57</v>
       </c>
       <c r="Q126" s="4">
-        <v>4.52</v>
+        <v>0</v>
       </c>
       <c r="R126" s="4">
-        <v>98.9</v>
+        <v>0</v>
       </c>
       <c r="S126" s="4">
         <v>95</v>
       </c>
       <c r="T126" s="1"/>
       <c r="U126" s="1"/>
       <c r="V126" s="1"/>
       <c r="W126" s="1"/>
     </row>
     <row r="127" spans="1:23">
       <c r="A127" s="3">
         <v>125</v>
       </c>
       <c r="B127" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C127" s="3"/>
       <c r="D127" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E127" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F127" s="3" t="s">
         <v>23</v>
@@ -8455,54 +8458,54 @@
       <c r="I127" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J127" s="13" t="s">
         <v>84</v>
       </c>
       <c r="K127" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L127" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M127" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N127" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O127" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P127" s="4">
         <v>4.57</v>
       </c>
       <c r="Q127" s="4">
-        <v>4.52</v>
+        <v>0</v>
       </c>
       <c r="R127" s="4">
-        <v>98.9</v>
+        <v>0</v>
       </c>
       <c r="S127" s="4">
         <v>95</v>
       </c>
       <c r="T127" s="1"/>
       <c r="U127" s="1"/>
       <c r="V127" s="1"/>
       <c r="W127" s="1"/>
     </row>
     <row r="128" spans="1:23">
       <c r="A128" s="3">
         <v>126</v>
       </c>
       <c r="B128" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C128" s="3"/>
       <c r="D128" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E128" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F128" s="3" t="s">
         <v>23</v>
@@ -8516,54 +8519,54 @@
       <c r="I128" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J128" s="13" t="s">
         <v>84</v>
       </c>
       <c r="K128" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L128" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M128" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N128" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O128" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P128" s="4">
         <v>4.57</v>
       </c>
       <c r="Q128" s="4">
-        <v>4.52</v>
+        <v>0</v>
       </c>
       <c r="R128" s="4">
-        <v>98.9</v>
+        <v>0</v>
       </c>
       <c r="S128" s="4">
         <v>95</v>
       </c>
       <c r="T128" s="1"/>
       <c r="U128" s="1"/>
       <c r="V128" s="1"/>
       <c r="W128" s="1"/>
     </row>
     <row r="129" spans="1:23">
       <c r="A129" s="3">
         <v>127</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C129" s="3"/>
       <c r="D129" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E129" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F129" s="3" t="s">
         <v>23</v>
@@ -8577,54 +8580,54 @@
       <c r="I129" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J129" s="13" t="s">
         <v>84</v>
       </c>
       <c r="K129" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L129" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M129" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N129" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O129" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P129" s="4">
         <v>4.57</v>
       </c>
       <c r="Q129" s="4">
-        <v>4.52</v>
+        <v>0</v>
       </c>
       <c r="R129" s="4">
-        <v>98.9</v>
+        <v>0</v>
       </c>
       <c r="S129" s="4">
         <v>95</v>
       </c>
       <c r="T129" s="1"/>
       <c r="U129" s="1"/>
       <c r="V129" s="1"/>
       <c r="W129" s="1"/>
     </row>
     <row r="130" spans="1:23">
       <c r="A130" s="3">
         <v>128</v>
       </c>
       <c r="B130" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C130" s="3"/>
       <c r="D130" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E130" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F130" s="3" t="s">
         <v>23</v>
@@ -8638,54 +8641,54 @@
       <c r="I130" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J130" s="13" t="s">
         <v>84</v>
       </c>
       <c r="K130" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L130" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M130" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N130" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O130" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P130" s="4">
         <v>4.57</v>
       </c>
       <c r="Q130" s="4">
-        <v>4.52</v>
+        <v>0</v>
       </c>
       <c r="R130" s="4">
-        <v>98.9</v>
+        <v>0</v>
       </c>
       <c r="S130" s="4">
         <v>95</v>
       </c>
       <c r="T130" s="1"/>
       <c r="U130" s="1"/>
       <c r="V130" s="1"/>
       <c r="W130" s="1"/>
     </row>
     <row r="131" spans="1:23">
       <c r="A131" s="3">
         <v>129</v>
       </c>
       <c r="B131" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C131" s="3"/>
       <c r="D131" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E131" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F131" s="3" t="s">
         <v>23</v>
@@ -8699,54 +8702,54 @@
       <c r="I131" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J131" s="13" t="s">
         <v>84</v>
       </c>
       <c r="K131" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L131" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M131" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N131" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O131" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P131" s="4">
         <v>4.57</v>
       </c>
       <c r="Q131" s="4">
-        <v>4.52</v>
+        <v>0</v>
       </c>
       <c r="R131" s="4">
-        <v>98.9</v>
+        <v>0</v>
       </c>
       <c r="S131" s="4">
         <v>95</v>
       </c>
       <c r="T131" s="1"/>
       <c r="U131" s="1"/>
       <c r="V131" s="1"/>
       <c r="W131" s="1"/>
     </row>
     <row r="132" spans="1:23">
       <c r="A132" s="3">
         <v>130</v>
       </c>
       <c r="B132" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C132" s="3"/>
       <c r="D132" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E132" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F132" s="3" t="s">
         <v>23</v>
@@ -8760,54 +8763,54 @@
       <c r="I132" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J132" s="13" t="s">
         <v>84</v>
       </c>
       <c r="K132" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L132" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M132" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N132" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O132" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P132" s="4">
         <v>4.57</v>
       </c>
       <c r="Q132" s="4">
-        <v>4.52</v>
+        <v>0</v>
       </c>
       <c r="R132" s="4">
-        <v>98.9</v>
+        <v>0</v>
       </c>
       <c r="S132" s="4">
         <v>95</v>
       </c>
       <c r="T132" s="1"/>
       <c r="U132" s="1"/>
       <c r="V132" s="1"/>
       <c r="W132" s="1"/>
     </row>
     <row r="133" spans="1:23">
       <c r="A133" s="3">
         <v>131</v>
       </c>
       <c r="B133" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C133" s="3"/>
       <c r="D133" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E133" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F133" s="3" t="s">
         <v>23</v>
@@ -8821,54 +8824,54 @@
       <c r="I133" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J133" s="13" t="s">
         <v>84</v>
       </c>
       <c r="K133" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L133" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M133" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N133" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O133" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P133" s="4">
         <v>4.57</v>
       </c>
       <c r="Q133" s="4">
-        <v>4.52</v>
+        <v>0</v>
       </c>
       <c r="R133" s="4">
-        <v>98.9</v>
+        <v>0</v>
       </c>
       <c r="S133" s="4">
         <v>95</v>
       </c>
       <c r="T133" s="1"/>
       <c r="U133" s="1"/>
       <c r="V133" s="1"/>
       <c r="W133" s="1"/>
     </row>
     <row r="134" spans="1:23">
       <c r="A134" s="3">
         <v>132</v>
       </c>
       <c r="B134" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C134" s="3"/>
       <c r="D134" s="3" t="s">
         <v>74</v>
       </c>
       <c r="E134" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F134" s="3" t="s">
         <v>23</v>
@@ -8882,54 +8885,54 @@
       <c r="I134" s="13" t="s">
         <v>76</v>
       </c>
       <c r="J134" s="13" t="s">
         <v>84</v>
       </c>
       <c r="K134" s="4" t="s">
         <v>85</v>
       </c>
       <c r="L134" s="4" t="s">
         <v>86</v>
       </c>
       <c r="M134" s="4" t="s">
         <v>87</v>
       </c>
       <c r="N134" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O134" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P134" s="4">
         <v>4.57</v>
       </c>
       <c r="Q134" s="4">
-        <v>4.52</v>
+        <v>0</v>
       </c>
       <c r="R134" s="4">
-        <v>98.9</v>
+        <v>0</v>
       </c>
       <c r="S134" s="4">
         <v>95</v>
       </c>
       <c r="T134" s="1"/>
       <c r="U134" s="1"/>
       <c r="V134" s="1"/>
       <c r="W134" s="1"/>
     </row>
     <row r="135" spans="1:23">
       <c r="A135" s="3">
         <v>133</v>
       </c>
       <c r="B135" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C135" s="3"/>
       <c r="D135" s="3" t="s">
         <v>62</v>
       </c>
       <c r="E135" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F135" s="3" t="s">
         <v>23</v>
@@ -15235,2689 +15238,2733 @@
       <c r="A245" s="3">
         <v>243</v>
       </c>
       <c r="B245" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C245" s="3"/>
       <c r="D245" s="3" t="s">
         <v>113</v>
       </c>
       <c r="E245" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F245" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G245" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H245" s="13" t="s">
         <v>114</v>
       </c>
       <c r="I245" s="13" t="s">
         <v>107</v>
       </c>
-      <c r="J245" s="13"/>
+      <c r="J245" s="13" t="s">
+        <v>115</v>
+      </c>
       <c r="K245" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="L245" s="4" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M245" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="N245" s="4" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="O245" s="4" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P245" s="4">
         <v>53.65</v>
       </c>
       <c r="Q245" s="4">
         <v>0</v>
       </c>
       <c r="R245" s="4">
         <v>0</v>
       </c>
       <c r="S245" s="4">
         <v>0</v>
       </c>
       <c r="T245" s="1"/>
       <c r="U245" s="1"/>
       <c r="V245" s="1"/>
       <c r="W245" s="1"/>
     </row>
     <row r="246" spans="1:23">
       <c r="A246" s="3">
         <v>244</v>
       </c>
       <c r="B246" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C246" s="3"/>
       <c r="D246" s="3" t="s">
         <v>113</v>
       </c>
       <c r="E246" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F246" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G246" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H246" s="13" t="s">
         <v>114</v>
       </c>
       <c r="I246" s="13" t="s">
         <v>107</v>
       </c>
-      <c r="J246" s="13"/>
+      <c r="J246" s="13" t="s">
+        <v>115</v>
+      </c>
       <c r="K246" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="L246" s="4" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M246" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="N246" s="4" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="O246" s="4" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P246" s="4">
         <v>53.65</v>
       </c>
       <c r="Q246" s="4">
         <v>0</v>
       </c>
       <c r="R246" s="4">
         <v>0</v>
       </c>
       <c r="S246" s="4">
         <v>0</v>
       </c>
       <c r="T246" s="1"/>
       <c r="U246" s="1"/>
       <c r="V246" s="1"/>
       <c r="W246" s="1"/>
     </row>
     <row r="247" spans="1:23">
       <c r="A247" s="3">
         <v>245</v>
       </c>
       <c r="B247" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C247" s="3"/>
       <c r="D247" s="3" t="s">
         <v>113</v>
       </c>
       <c r="E247" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F247" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G247" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H247" s="13" t="s">
         <v>114</v>
       </c>
       <c r="I247" s="13" t="s">
         <v>107</v>
       </c>
-      <c r="J247" s="13"/>
+      <c r="J247" s="13" t="s">
+        <v>115</v>
+      </c>
       <c r="K247" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="L247" s="4" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M247" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="N247" s="4" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="O247" s="4" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P247" s="4">
         <v>53.65</v>
       </c>
       <c r="Q247" s="4">
         <v>0</v>
       </c>
       <c r="R247" s="4">
         <v>0</v>
       </c>
       <c r="S247" s="4">
         <v>0</v>
       </c>
       <c r="T247" s="1"/>
       <c r="U247" s="1"/>
       <c r="V247" s="1"/>
       <c r="W247" s="1"/>
     </row>
     <row r="248" spans="1:23">
       <c r="A248" s="3">
         <v>246</v>
       </c>
       <c r="B248" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C248" s="3"/>
       <c r="D248" s="3" t="s">
         <v>113</v>
       </c>
       <c r="E248" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F248" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G248" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H248" s="13" t="s">
         <v>114</v>
       </c>
       <c r="I248" s="13" t="s">
         <v>107</v>
       </c>
-      <c r="J248" s="13"/>
+      <c r="J248" s="13" t="s">
+        <v>115</v>
+      </c>
       <c r="K248" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="L248" s="4" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M248" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="N248" s="4" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="O248" s="4" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P248" s="4">
         <v>53.65</v>
       </c>
       <c r="Q248" s="4">
         <v>0</v>
       </c>
       <c r="R248" s="4">
         <v>0</v>
       </c>
       <c r="S248" s="4">
         <v>0</v>
       </c>
       <c r="T248" s="1"/>
       <c r="U248" s="1"/>
       <c r="V248" s="1"/>
       <c r="W248" s="1"/>
     </row>
     <row r="249" spans="1:23">
       <c r="A249" s="3">
         <v>247</v>
       </c>
       <c r="B249" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C249" s="3"/>
       <c r="D249" s="3" t="s">
         <v>113</v>
       </c>
       <c r="E249" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F249" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G249" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H249" s="13" t="s">
         <v>114</v>
       </c>
       <c r="I249" s="13" t="s">
         <v>107</v>
       </c>
-      <c r="J249" s="13"/>
+      <c r="J249" s="13" t="s">
+        <v>115</v>
+      </c>
       <c r="K249" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="L249" s="4" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M249" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="N249" s="4" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="O249" s="4" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P249" s="4">
         <v>53.65</v>
       </c>
       <c r="Q249" s="4">
         <v>0</v>
       </c>
       <c r="R249" s="4">
         <v>0</v>
       </c>
       <c r="S249" s="4">
         <v>0</v>
       </c>
       <c r="T249" s="1"/>
       <c r="U249" s="1"/>
       <c r="V249" s="1"/>
       <c r="W249" s="1"/>
     </row>
     <row r="250" spans="1:23">
       <c r="A250" s="3">
         <v>248</v>
       </c>
       <c r="B250" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C250" s="3"/>
       <c r="D250" s="3" t="s">
         <v>113</v>
       </c>
       <c r="E250" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F250" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G250" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H250" s="13" t="s">
         <v>114</v>
       </c>
       <c r="I250" s="13" t="s">
         <v>107</v>
       </c>
-      <c r="J250" s="13"/>
+      <c r="J250" s="13" t="s">
+        <v>115</v>
+      </c>
       <c r="K250" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="L250" s="4" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M250" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="N250" s="4" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="O250" s="4" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P250" s="4">
         <v>53.65</v>
       </c>
       <c r="Q250" s="4">
         <v>0</v>
       </c>
       <c r="R250" s="4">
         <v>0</v>
       </c>
       <c r="S250" s="4">
         <v>0</v>
       </c>
       <c r="T250" s="1"/>
       <c r="U250" s="1"/>
       <c r="V250" s="1"/>
       <c r="W250" s="1"/>
     </row>
     <row r="251" spans="1:23">
       <c r="A251" s="3">
         <v>249</v>
       </c>
       <c r="B251" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C251" s="3"/>
       <c r="D251" s="3" t="s">
         <v>113</v>
       </c>
       <c r="E251" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F251" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G251" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H251" s="13" t="s">
         <v>114</v>
       </c>
       <c r="I251" s="13" t="s">
         <v>107</v>
       </c>
-      <c r="J251" s="13"/>
+      <c r="J251" s="13" t="s">
+        <v>115</v>
+      </c>
       <c r="K251" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="L251" s="4" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M251" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="N251" s="4" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="O251" s="4" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P251" s="4">
         <v>53.65</v>
       </c>
       <c r="Q251" s="4">
         <v>0</v>
       </c>
       <c r="R251" s="4">
         <v>0</v>
       </c>
       <c r="S251" s="4">
         <v>0</v>
       </c>
       <c r="T251" s="1"/>
       <c r="U251" s="1"/>
       <c r="V251" s="1"/>
       <c r="W251" s="1"/>
     </row>
     <row r="252" spans="1:23">
       <c r="A252" s="3">
         <v>250</v>
       </c>
       <c r="B252" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C252" s="3"/>
       <c r="D252" s="3" t="s">
         <v>113</v>
       </c>
       <c r="E252" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F252" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G252" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H252" s="13" t="s">
         <v>114</v>
       </c>
       <c r="I252" s="13" t="s">
         <v>107</v>
       </c>
-      <c r="J252" s="13"/>
+      <c r="J252" s="13" t="s">
+        <v>115</v>
+      </c>
       <c r="K252" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="L252" s="4" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M252" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="N252" s="4" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="O252" s="4" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P252" s="4">
         <v>53.65</v>
       </c>
       <c r="Q252" s="4">
         <v>0</v>
       </c>
       <c r="R252" s="4">
         <v>0</v>
       </c>
       <c r="S252" s="4">
         <v>0</v>
       </c>
       <c r="T252" s="1"/>
       <c r="U252" s="1"/>
       <c r="V252" s="1"/>
       <c r="W252" s="1"/>
     </row>
     <row r="253" spans="1:23">
       <c r="A253" s="3">
         <v>251</v>
       </c>
       <c r="B253" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C253" s="3"/>
       <c r="D253" s="3" t="s">
         <v>113</v>
       </c>
       <c r="E253" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F253" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G253" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H253" s="13" t="s">
         <v>114</v>
       </c>
       <c r="I253" s="13" t="s">
         <v>107</v>
       </c>
-      <c r="J253" s="13"/>
+      <c r="J253" s="13" t="s">
+        <v>115</v>
+      </c>
       <c r="K253" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="L253" s="4" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M253" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="N253" s="4" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="O253" s="4" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P253" s="4">
         <v>53.65</v>
       </c>
       <c r="Q253" s="4">
         <v>0</v>
       </c>
       <c r="R253" s="4">
         <v>0</v>
       </c>
       <c r="S253" s="4">
         <v>0</v>
       </c>
       <c r="T253" s="1"/>
       <c r="U253" s="1"/>
       <c r="V253" s="1"/>
       <c r="W253" s="1"/>
     </row>
     <row r="254" spans="1:23">
       <c r="A254" s="3">
         <v>252</v>
       </c>
       <c r="B254" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C254" s="3"/>
       <c r="D254" s="3" t="s">
         <v>113</v>
       </c>
       <c r="E254" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F254" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G254" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H254" s="13" t="s">
         <v>114</v>
       </c>
       <c r="I254" s="13" t="s">
         <v>107</v>
       </c>
-      <c r="J254" s="13"/>
+      <c r="J254" s="13" t="s">
+        <v>115</v>
+      </c>
       <c r="K254" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="L254" s="4" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M254" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="N254" s="4" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="O254" s="4" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P254" s="4">
         <v>53.65</v>
       </c>
       <c r="Q254" s="4">
         <v>0</v>
       </c>
       <c r="R254" s="4">
         <v>0</v>
       </c>
       <c r="S254" s="4">
         <v>0</v>
       </c>
       <c r="T254" s="1"/>
       <c r="U254" s="1"/>
       <c r="V254" s="1"/>
       <c r="W254" s="1"/>
     </row>
     <row r="255" spans="1:23">
       <c r="A255" s="3">
         <v>253</v>
       </c>
       <c r="B255" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C255" s="3"/>
       <c r="D255" s="3" t="s">
         <v>113</v>
       </c>
       <c r="E255" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F255" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G255" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H255" s="13" t="s">
         <v>114</v>
       </c>
       <c r="I255" s="13" t="s">
         <v>107</v>
       </c>
-      <c r="J255" s="13"/>
+      <c r="J255" s="13" t="s">
+        <v>115</v>
+      </c>
       <c r="K255" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="L255" s="4" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M255" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="N255" s="4" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="O255" s="4" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P255" s="4">
         <v>53.65</v>
       </c>
       <c r="Q255" s="4">
         <v>0</v>
       </c>
       <c r="R255" s="4">
         <v>0</v>
       </c>
       <c r="S255" s="4">
         <v>0</v>
       </c>
       <c r="T255" s="1"/>
       <c r="U255" s="1"/>
       <c r="V255" s="1"/>
       <c r="W255" s="1"/>
     </row>
     <row r="256" spans="1:23">
       <c r="A256" s="3">
         <v>254</v>
       </c>
       <c r="B256" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C256" s="3"/>
       <c r="D256" s="3" t="s">
         <v>113</v>
       </c>
       <c r="E256" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F256" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G256" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H256" s="13" t="s">
         <v>114</v>
       </c>
       <c r="I256" s="13" t="s">
         <v>107</v>
       </c>
-      <c r="J256" s="13"/>
+      <c r="J256" s="13" t="s">
+        <v>115</v>
+      </c>
       <c r="K256" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="L256" s="4" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M256" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="N256" s="4" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="O256" s="4" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P256" s="4">
         <v>53.65</v>
       </c>
       <c r="Q256" s="4">
         <v>0</v>
       </c>
       <c r="R256" s="4">
         <v>0</v>
       </c>
       <c r="S256" s="4">
         <v>0</v>
       </c>
       <c r="T256" s="1"/>
       <c r="U256" s="1"/>
       <c r="V256" s="1"/>
       <c r="W256" s="1"/>
     </row>
     <row r="257" spans="1:23">
       <c r="A257" s="3">
         <v>255</v>
       </c>
       <c r="B257" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C257" s="3"/>
       <c r="D257" s="3" t="s">
         <v>113</v>
       </c>
       <c r="E257" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F257" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G257" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H257" s="13" t="s">
         <v>114</v>
       </c>
       <c r="I257" s="13" t="s">
         <v>107</v>
       </c>
-      <c r="J257" s="13"/>
+      <c r="J257" s="13" t="s">
+        <v>115</v>
+      </c>
       <c r="K257" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="L257" s="4" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M257" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="N257" s="4" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="O257" s="4" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P257" s="4">
         <v>53.65</v>
       </c>
       <c r="Q257" s="4">
         <v>0</v>
       </c>
       <c r="R257" s="4">
         <v>0</v>
       </c>
       <c r="S257" s="4">
         <v>0</v>
       </c>
       <c r="T257" s="1"/>
       <c r="U257" s="1"/>
       <c r="V257" s="1"/>
       <c r="W257" s="1"/>
     </row>
     <row r="258" spans="1:23">
       <c r="A258" s="3">
         <v>256</v>
       </c>
       <c r="B258" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C258" s="3"/>
       <c r="D258" s="3" t="s">
         <v>113</v>
       </c>
       <c r="E258" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F258" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G258" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H258" s="13" t="s">
         <v>114</v>
       </c>
       <c r="I258" s="13" t="s">
         <v>107</v>
       </c>
-      <c r="J258" s="13"/>
+      <c r="J258" s="13" t="s">
+        <v>115</v>
+      </c>
       <c r="K258" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="L258" s="4" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M258" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="N258" s="4" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="O258" s="4" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P258" s="4">
         <v>53.65</v>
       </c>
       <c r="Q258" s="4">
         <v>0</v>
       </c>
       <c r="R258" s="4">
         <v>0</v>
       </c>
       <c r="S258" s="4">
         <v>0</v>
       </c>
       <c r="T258" s="1"/>
       <c r="U258" s="1"/>
       <c r="V258" s="1"/>
       <c r="W258" s="1"/>
     </row>
     <row r="259" spans="1:23">
       <c r="A259" s="3">
         <v>257</v>
       </c>
       <c r="B259" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C259" s="3"/>
       <c r="D259" s="3" t="s">
         <v>113</v>
       </c>
       <c r="E259" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F259" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G259" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H259" s="13" t="s">
         <v>114</v>
       </c>
       <c r="I259" s="13" t="s">
         <v>107</v>
       </c>
-      <c r="J259" s="13"/>
+      <c r="J259" s="13" t="s">
+        <v>115</v>
+      </c>
       <c r="K259" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="L259" s="4" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M259" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="N259" s="4" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="O259" s="4" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P259" s="4">
         <v>53.65</v>
       </c>
       <c r="Q259" s="4">
         <v>0</v>
       </c>
       <c r="R259" s="4">
         <v>0</v>
       </c>
       <c r="S259" s="4">
         <v>0</v>
       </c>
       <c r="T259" s="1"/>
       <c r="U259" s="1"/>
       <c r="V259" s="1"/>
       <c r="W259" s="1"/>
     </row>
     <row r="260" spans="1:23">
       <c r="A260" s="3">
         <v>258</v>
       </c>
       <c r="B260" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C260" s="3"/>
       <c r="D260" s="3" t="s">
         <v>113</v>
       </c>
       <c r="E260" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F260" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G260" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H260" s="13" t="s">
         <v>114</v>
       </c>
       <c r="I260" s="13" t="s">
         <v>107</v>
       </c>
-      <c r="J260" s="13"/>
+      <c r="J260" s="13" t="s">
+        <v>115</v>
+      </c>
       <c r="K260" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="L260" s="4" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M260" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="N260" s="4" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="O260" s="4" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P260" s="4">
         <v>53.65</v>
       </c>
       <c r="Q260" s="4">
         <v>0</v>
       </c>
       <c r="R260" s="4">
         <v>0</v>
       </c>
       <c r="S260" s="4">
         <v>0</v>
       </c>
       <c r="T260" s="1"/>
       <c r="U260" s="1"/>
       <c r="V260" s="1"/>
       <c r="W260" s="1"/>
     </row>
     <row r="261" spans="1:23">
       <c r="A261" s="3">
         <v>259</v>
       </c>
       <c r="B261" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C261" s="3"/>
       <c r="D261" s="3" t="s">
         <v>113</v>
       </c>
       <c r="E261" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F261" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G261" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H261" s="13" t="s">
         <v>114</v>
       </c>
       <c r="I261" s="13" t="s">
         <v>107</v>
       </c>
-      <c r="J261" s="13"/>
+      <c r="J261" s="13" t="s">
+        <v>115</v>
+      </c>
       <c r="K261" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="L261" s="4" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M261" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="N261" s="4" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="O261" s="4" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P261" s="4">
         <v>53.65</v>
       </c>
       <c r="Q261" s="4">
         <v>0</v>
       </c>
       <c r="R261" s="4">
         <v>0</v>
       </c>
       <c r="S261" s="4">
         <v>0</v>
       </c>
       <c r="T261" s="1"/>
       <c r="U261" s="1"/>
       <c r="V261" s="1"/>
       <c r="W261" s="1"/>
     </row>
     <row r="262" spans="1:23">
       <c r="A262" s="3">
         <v>260</v>
       </c>
       <c r="B262" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C262" s="3"/>
       <c r="D262" s="3" t="s">
         <v>113</v>
       </c>
       <c r="E262" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F262" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G262" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H262" s="13" t="s">
         <v>114</v>
       </c>
       <c r="I262" s="13" t="s">
         <v>107</v>
       </c>
-      <c r="J262" s="13"/>
+      <c r="J262" s="13" t="s">
+        <v>115</v>
+      </c>
       <c r="K262" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="L262" s="4" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M262" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="N262" s="4" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="O262" s="4" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P262" s="4">
         <v>53.65</v>
       </c>
       <c r="Q262" s="4">
         <v>0</v>
       </c>
       <c r="R262" s="4">
         <v>0</v>
       </c>
       <c r="S262" s="4">
         <v>0</v>
       </c>
       <c r="T262" s="1"/>
       <c r="U262" s="1"/>
       <c r="V262" s="1"/>
       <c r="W262" s="1"/>
     </row>
     <row r="263" spans="1:23">
       <c r="A263" s="3">
         <v>261</v>
       </c>
       <c r="B263" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C263" s="3"/>
       <c r="D263" s="3" t="s">
         <v>113</v>
       </c>
       <c r="E263" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F263" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G263" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H263" s="13" t="s">
         <v>114</v>
       </c>
       <c r="I263" s="13" t="s">
         <v>107</v>
       </c>
-      <c r="J263" s="13"/>
+      <c r="J263" s="13" t="s">
+        <v>115</v>
+      </c>
       <c r="K263" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="L263" s="4" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M263" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="N263" s="4" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="O263" s="4" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P263" s="4">
         <v>53.65</v>
       </c>
       <c r="Q263" s="4">
         <v>0</v>
       </c>
       <c r="R263" s="4">
         <v>0</v>
       </c>
       <c r="S263" s="4">
         <v>0</v>
       </c>
       <c r="T263" s="1"/>
       <c r="U263" s="1"/>
       <c r="V263" s="1"/>
       <c r="W263" s="1"/>
     </row>
     <row r="264" spans="1:23">
       <c r="A264" s="3">
         <v>262</v>
       </c>
       <c r="B264" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C264" s="3"/>
       <c r="D264" s="3" t="s">
         <v>113</v>
       </c>
       <c r="E264" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F264" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G264" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H264" s="13" t="s">
         <v>114</v>
       </c>
       <c r="I264" s="13" t="s">
         <v>107</v>
       </c>
-      <c r="J264" s="13"/>
+      <c r="J264" s="13" t="s">
+        <v>115</v>
+      </c>
       <c r="K264" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="L264" s="4" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M264" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="N264" s="4" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="O264" s="4" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P264" s="4">
         <v>53.65</v>
       </c>
       <c r="Q264" s="4">
         <v>0</v>
       </c>
       <c r="R264" s="4">
         <v>0</v>
       </c>
       <c r="S264" s="4">
         <v>0</v>
       </c>
       <c r="T264" s="1"/>
       <c r="U264" s="1"/>
       <c r="V264" s="1"/>
       <c r="W264" s="1"/>
     </row>
     <row r="265" spans="1:23">
       <c r="A265" s="3">
         <v>263</v>
       </c>
       <c r="B265" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C265" s="3"/>
       <c r="D265" s="3" t="s">
         <v>113</v>
       </c>
       <c r="E265" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F265" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G265" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H265" s="13" t="s">
         <v>114</v>
       </c>
       <c r="I265" s="13" t="s">
         <v>107</v>
       </c>
-      <c r="J265" s="13"/>
+      <c r="J265" s="13" t="s">
+        <v>115</v>
+      </c>
       <c r="K265" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="L265" s="4" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M265" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="N265" s="4" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="O265" s="4" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P265" s="4">
         <v>53.65</v>
       </c>
       <c r="Q265" s="4">
         <v>0</v>
       </c>
       <c r="R265" s="4">
         <v>0</v>
       </c>
       <c r="S265" s="4">
         <v>0</v>
       </c>
       <c r="T265" s="1"/>
       <c r="U265" s="1"/>
       <c r="V265" s="1"/>
       <c r="W265" s="1"/>
     </row>
     <row r="266" spans="1:23">
       <c r="A266" s="3">
         <v>264</v>
       </c>
       <c r="B266" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C266" s="3"/>
       <c r="D266" s="3" t="s">
         <v>113</v>
       </c>
       <c r="E266" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F266" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G266" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H266" s="13" t="s">
         <v>114</v>
       </c>
       <c r="I266" s="13" t="s">
         <v>107</v>
       </c>
-      <c r="J266" s="13"/>
+      <c r="J266" s="13" t="s">
+        <v>115</v>
+      </c>
       <c r="K266" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="L266" s="4" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M266" s="4" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="N266" s="4" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="O266" s="4" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="P266" s="4">
         <v>53.65</v>
       </c>
       <c r="Q266" s="4">
         <v>0</v>
       </c>
       <c r="R266" s="4">
         <v>0</v>
       </c>
       <c r="S266" s="4">
         <v>0</v>
       </c>
       <c r="T266" s="1"/>
       <c r="U266" s="1"/>
       <c r="V266" s="1"/>
       <c r="W266" s="1"/>
     </row>
     <row r="267" spans="1:23">
       <c r="A267" s="3">
         <v>265</v>
       </c>
       <c r="B267" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C267" s="3"/>
       <c r="D267" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E267" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F267" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G267" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H267" s="13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I267" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J267" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K267" s="4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L267" s="4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M267" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N267" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O267" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P267" s="4">
         <v>0.98</v>
       </c>
       <c r="Q267" s="4">
         <v>0</v>
       </c>
       <c r="R267" s="4">
         <v>0</v>
       </c>
       <c r="S267" s="4">
         <v>100</v>
       </c>
       <c r="T267" s="1"/>
       <c r="U267" s="1"/>
       <c r="V267" s="1"/>
       <c r="W267" s="1"/>
     </row>
     <row r="268" spans="1:23">
       <c r="A268" s="3">
         <v>266</v>
       </c>
       <c r="B268" s="3" t="s">
         <v>33</v>
       </c>
       <c r="C268" s="3"/>
       <c r="D268" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E268" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F268" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G268" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H268" s="13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I268" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J268" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K268" s="4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L268" s="4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M268" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N268" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O268" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P268" s="4">
         <v>0.98</v>
       </c>
       <c r="Q268" s="4">
         <v>0</v>
       </c>
       <c r="R268" s="4">
         <v>0</v>
       </c>
       <c r="S268" s="4">
         <v>100</v>
       </c>
       <c r="T268" s="1"/>
       <c r="U268" s="1"/>
       <c r="V268" s="1"/>
       <c r="W268" s="1"/>
     </row>
     <row r="269" spans="1:23">
       <c r="A269" s="3">
         <v>267</v>
       </c>
       <c r="B269" s="3" t="s">
         <v>34</v>
       </c>
       <c r="C269" s="3"/>
       <c r="D269" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E269" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F269" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G269" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H269" s="13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I269" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J269" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K269" s="4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L269" s="4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M269" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N269" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O269" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P269" s="4">
         <v>0.98</v>
       </c>
       <c r="Q269" s="4">
         <v>0</v>
       </c>
       <c r="R269" s="4">
         <v>0</v>
       </c>
       <c r="S269" s="4">
         <v>100</v>
       </c>
       <c r="T269" s="1"/>
       <c r="U269" s="1"/>
       <c r="V269" s="1"/>
       <c r="W269" s="1"/>
     </row>
     <row r="270" spans="1:23">
       <c r="A270" s="3">
         <v>268</v>
       </c>
       <c r="B270" s="3" t="s">
         <v>35</v>
       </c>
       <c r="C270" s="3"/>
       <c r="D270" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E270" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F270" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G270" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H270" s="13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I270" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J270" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K270" s="4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L270" s="4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M270" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N270" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O270" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P270" s="4">
         <v>0.98</v>
       </c>
       <c r="Q270" s="4">
         <v>0</v>
       </c>
       <c r="R270" s="4">
         <v>0</v>
       </c>
       <c r="S270" s="4">
         <v>100</v>
       </c>
       <c r="T270" s="1"/>
       <c r="U270" s="1"/>
       <c r="V270" s="1"/>
       <c r="W270" s="1"/>
     </row>
     <row r="271" spans="1:23">
       <c r="A271" s="3">
         <v>269</v>
       </c>
       <c r="B271" s="3" t="s">
         <v>36</v>
       </c>
       <c r="C271" s="3"/>
       <c r="D271" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E271" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F271" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G271" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H271" s="13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I271" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J271" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K271" s="4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L271" s="4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M271" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N271" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O271" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P271" s="4">
         <v>0.98</v>
       </c>
       <c r="Q271" s="4">
         <v>0</v>
       </c>
       <c r="R271" s="4">
         <v>0</v>
       </c>
       <c r="S271" s="4">
         <v>100</v>
       </c>
       <c r="T271" s="1"/>
       <c r="U271" s="1"/>
       <c r="V271" s="1"/>
       <c r="W271" s="1"/>
     </row>
     <row r="272" spans="1:23">
       <c r="A272" s="3">
         <v>270</v>
       </c>
       <c r="B272" s="3" t="s">
         <v>37</v>
       </c>
       <c r="C272" s="3"/>
       <c r="D272" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E272" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F272" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G272" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H272" s="13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I272" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J272" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K272" s="4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L272" s="4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M272" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N272" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O272" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P272" s="4">
         <v>0.98</v>
       </c>
       <c r="Q272" s="4">
         <v>0</v>
       </c>
       <c r="R272" s="4">
         <v>0</v>
       </c>
       <c r="S272" s="4">
         <v>100</v>
       </c>
       <c r="T272" s="1"/>
       <c r="U272" s="1"/>
       <c r="V272" s="1"/>
       <c r="W272" s="1"/>
     </row>
     <row r="273" spans="1:23">
       <c r="A273" s="3">
         <v>271</v>
       </c>
       <c r="B273" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C273" s="3"/>
       <c r="D273" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E273" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F273" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G273" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H273" s="13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I273" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J273" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K273" s="4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L273" s="4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M273" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N273" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O273" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P273" s="4">
         <v>0.98</v>
       </c>
       <c r="Q273" s="4">
         <v>0</v>
       </c>
       <c r="R273" s="4">
         <v>0</v>
       </c>
       <c r="S273" s="4">
         <v>100</v>
       </c>
       <c r="T273" s="1"/>
       <c r="U273" s="1"/>
       <c r="V273" s="1"/>
       <c r="W273" s="1"/>
     </row>
     <row r="274" spans="1:23">
       <c r="A274" s="3">
         <v>272</v>
       </c>
       <c r="B274" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C274" s="3"/>
       <c r="D274" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E274" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F274" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G274" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H274" s="13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I274" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J274" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K274" s="4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L274" s="4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M274" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N274" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O274" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P274" s="4">
         <v>0.98</v>
       </c>
       <c r="Q274" s="4">
         <v>0</v>
       </c>
       <c r="R274" s="4">
         <v>0</v>
       </c>
       <c r="S274" s="4">
         <v>100</v>
       </c>
       <c r="T274" s="1"/>
       <c r="U274" s="1"/>
       <c r="V274" s="1"/>
       <c r="W274" s="1"/>
     </row>
     <row r="275" spans="1:23">
       <c r="A275" s="3">
         <v>273</v>
       </c>
       <c r="B275" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C275" s="3"/>
       <c r="D275" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E275" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F275" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G275" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H275" s="13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I275" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J275" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K275" s="4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L275" s="4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M275" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N275" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O275" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P275" s="4">
         <v>0.98</v>
       </c>
       <c r="Q275" s="4">
         <v>0</v>
       </c>
       <c r="R275" s="4">
         <v>0</v>
       </c>
       <c r="S275" s="4">
         <v>100</v>
       </c>
       <c r="T275" s="1"/>
       <c r="U275" s="1"/>
       <c r="V275" s="1"/>
       <c r="W275" s="1"/>
     </row>
     <row r="276" spans="1:23">
       <c r="A276" s="3">
         <v>274</v>
       </c>
       <c r="B276" s="3" t="s">
         <v>41</v>
       </c>
       <c r="C276" s="3"/>
       <c r="D276" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E276" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F276" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G276" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H276" s="13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I276" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J276" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K276" s="4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L276" s="4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M276" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N276" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O276" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P276" s="4">
         <v>0.98</v>
       </c>
       <c r="Q276" s="4">
         <v>0</v>
       </c>
       <c r="R276" s="4">
         <v>0</v>
       </c>
       <c r="S276" s="4">
         <v>100</v>
       </c>
       <c r="T276" s="1"/>
       <c r="U276" s="1"/>
       <c r="V276" s="1"/>
       <c r="W276" s="1"/>
     </row>
     <row r="277" spans="1:23">
       <c r="A277" s="3">
         <v>275</v>
       </c>
       <c r="B277" s="3" t="s">
         <v>42</v>
       </c>
       <c r="C277" s="3"/>
       <c r="D277" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E277" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F277" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G277" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H277" s="13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I277" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J277" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K277" s="4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L277" s="4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M277" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N277" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O277" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P277" s="4">
         <v>0.98</v>
       </c>
       <c r="Q277" s="4">
         <v>0</v>
       </c>
       <c r="R277" s="4">
         <v>0</v>
       </c>
       <c r="S277" s="4">
         <v>100</v>
       </c>
       <c r="T277" s="1"/>
       <c r="U277" s="1"/>
       <c r="V277" s="1"/>
       <c r="W277" s="1"/>
     </row>
     <row r="278" spans="1:23">
       <c r="A278" s="3">
         <v>276</v>
       </c>
       <c r="B278" s="3" t="s">
         <v>43</v>
       </c>
       <c r="C278" s="3"/>
       <c r="D278" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E278" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F278" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G278" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H278" s="13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I278" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J278" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K278" s="4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L278" s="4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M278" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N278" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O278" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P278" s="4">
         <v>0.98</v>
       </c>
       <c r="Q278" s="4">
         <v>0</v>
       </c>
       <c r="R278" s="4">
         <v>0</v>
       </c>
       <c r="S278" s="4">
         <v>100</v>
       </c>
       <c r="T278" s="1"/>
       <c r="U278" s="1"/>
       <c r="V278" s="1"/>
       <c r="W278" s="1"/>
     </row>
     <row r="279" spans="1:23">
       <c r="A279" s="3">
         <v>277</v>
       </c>
       <c r="B279" s="3" t="s">
         <v>44</v>
       </c>
       <c r="C279" s="3"/>
       <c r="D279" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E279" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F279" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G279" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H279" s="13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I279" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J279" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K279" s="4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L279" s="4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M279" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N279" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O279" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P279" s="4">
         <v>0.98</v>
       </c>
       <c r="Q279" s="4">
         <v>0</v>
       </c>
       <c r="R279" s="4">
         <v>0</v>
       </c>
       <c r="S279" s="4">
         <v>100</v>
       </c>
       <c r="T279" s="1"/>
       <c r="U279" s="1"/>
       <c r="V279" s="1"/>
       <c r="W279" s="1"/>
     </row>
     <row r="280" spans="1:23">
       <c r="A280" s="3">
         <v>278</v>
       </c>
       <c r="B280" s="3" t="s">
         <v>45</v>
       </c>
       <c r="C280" s="3"/>
       <c r="D280" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E280" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F280" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G280" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H280" s="13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I280" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J280" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K280" s="4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L280" s="4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M280" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N280" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O280" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P280" s="4">
         <v>0.98</v>
       </c>
       <c r="Q280" s="4">
         <v>0</v>
       </c>
       <c r="R280" s="4">
         <v>0</v>
       </c>
       <c r="S280" s="4">
         <v>100</v>
       </c>
       <c r="T280" s="1"/>
       <c r="U280" s="1"/>
       <c r="V280" s="1"/>
       <c r="W280" s="1"/>
     </row>
     <row r="281" spans="1:23">
       <c r="A281" s="3">
         <v>279</v>
       </c>
       <c r="B281" s="3" t="s">
         <v>46</v>
       </c>
       <c r="C281" s="3"/>
       <c r="D281" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E281" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F281" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G281" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H281" s="13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I281" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J281" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K281" s="4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L281" s="4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M281" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N281" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O281" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P281" s="4">
         <v>0.98</v>
       </c>
       <c r="Q281" s="4">
         <v>0</v>
       </c>
       <c r="R281" s="4">
         <v>0</v>
       </c>
       <c r="S281" s="4">
         <v>100</v>
       </c>
       <c r="T281" s="1"/>
       <c r="U281" s="1"/>
       <c r="V281" s="1"/>
       <c r="W281" s="1"/>
     </row>
     <row r="282" spans="1:23">
       <c r="A282" s="3">
         <v>280</v>
       </c>
       <c r="B282" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C282" s="3"/>
       <c r="D282" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E282" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F282" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G282" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H282" s="13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I282" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J282" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K282" s="4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L282" s="4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M282" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N282" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O282" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P282" s="4">
         <v>0.98</v>
       </c>
       <c r="Q282" s="4">
         <v>0</v>
       </c>
       <c r="R282" s="4">
         <v>0</v>
       </c>
       <c r="S282" s="4">
         <v>100</v>
       </c>
       <c r="T282" s="1"/>
       <c r="U282" s="1"/>
       <c r="V282" s="1"/>
       <c r="W282" s="1"/>
     </row>
     <row r="283" spans="1:23">
       <c r="A283" s="3">
         <v>281</v>
       </c>
       <c r="B283" s="3" t="s">
         <v>48</v>
       </c>
       <c r="C283" s="3"/>
       <c r="D283" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E283" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F283" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G283" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H283" s="13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I283" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J283" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K283" s="4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L283" s="4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M283" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N283" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O283" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P283" s="4">
         <v>0.98</v>
       </c>
       <c r="Q283" s="4">
         <v>0</v>
       </c>
       <c r="R283" s="4">
         <v>0</v>
       </c>
       <c r="S283" s="4">
         <v>100</v>
       </c>
       <c r="T283" s="1"/>
       <c r="U283" s="1"/>
       <c r="V283" s="1"/>
       <c r="W283" s="1"/>
     </row>
     <row r="284" spans="1:23">
       <c r="A284" s="3">
         <v>282</v>
       </c>
       <c r="B284" s="3" t="s">
         <v>49</v>
       </c>
       <c r="C284" s="3"/>
       <c r="D284" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E284" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F284" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G284" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H284" s="13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I284" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J284" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K284" s="4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L284" s="4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M284" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N284" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O284" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P284" s="4">
         <v>0.98</v>
       </c>
       <c r="Q284" s="4">
         <v>0</v>
       </c>
       <c r="R284" s="4">
         <v>0</v>
       </c>
       <c r="S284" s="4">
         <v>100</v>
       </c>
       <c r="T284" s="1"/>
       <c r="U284" s="1"/>
       <c r="V284" s="1"/>
       <c r="W284" s="1"/>
     </row>
     <row r="285" spans="1:23">
       <c r="A285" s="3">
         <v>283</v>
       </c>
       <c r="B285" s="3" t="s">
         <v>50</v>
       </c>
       <c r="C285" s="3"/>
       <c r="D285" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E285" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F285" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G285" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H285" s="13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I285" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J285" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K285" s="4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L285" s="4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M285" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N285" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O285" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P285" s="4">
         <v>0.98</v>
       </c>
       <c r="Q285" s="4">
         <v>0</v>
       </c>
       <c r="R285" s="4">
         <v>0</v>
       </c>
       <c r="S285" s="4">
         <v>100</v>
       </c>
       <c r="T285" s="1"/>
       <c r="U285" s="1"/>
       <c r="V285" s="1"/>
       <c r="W285" s="1"/>
     </row>
     <row r="286" spans="1:23">
       <c r="A286" s="3">
         <v>284</v>
       </c>
       <c r="B286" s="3" t="s">
         <v>51</v>
       </c>
       <c r="C286" s="3"/>
       <c r="D286" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E286" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F286" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G286" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H286" s="13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I286" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J286" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K286" s="4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L286" s="4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M286" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N286" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O286" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P286" s="4">
         <v>0.98</v>
       </c>
       <c r="Q286" s="4">
         <v>0</v>
       </c>
       <c r="R286" s="4">
         <v>0</v>
       </c>
       <c r="S286" s="4">
         <v>100</v>
       </c>
       <c r="T286" s="1"/>
       <c r="U286" s="1"/>
       <c r="V286" s="1"/>
       <c r="W286" s="1"/>
     </row>
     <row r="287" spans="1:23">
       <c r="A287" s="3">
         <v>285</v>
       </c>
       <c r="B287" s="3" t="s">
         <v>52</v>
       </c>
       <c r="C287" s="3"/>
       <c r="D287" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E287" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F287" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G287" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H287" s="13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I287" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J287" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K287" s="4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L287" s="4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M287" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N287" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O287" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P287" s="4">
         <v>0.98</v>
       </c>
       <c r="Q287" s="4">
         <v>0</v>
       </c>
       <c r="R287" s="4">
         <v>0</v>
       </c>
       <c r="S287" s="4">
         <v>100</v>
       </c>
       <c r="T287" s="1"/>
       <c r="U287" s="1"/>
       <c r="V287" s="1"/>
       <c r="W287" s="1"/>
     </row>
     <row r="288" spans="1:23">
       <c r="A288" s="3">
         <v>286</v>
       </c>
       <c r="B288" s="3" t="s">
         <v>53</v>
       </c>
       <c r="C288" s="3"/>
       <c r="D288" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E288" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F288" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G288" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H288" s="13" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I288" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J288" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K288" s="4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L288" s="4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M288" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N288" s="4" t="s">
         <v>72</v>
       </c>
       <c r="O288" s="4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="P288" s="4">
         <v>0.98</v>
       </c>
       <c r="Q288" s="4">
         <v>0</v>
       </c>
       <c r="R288" s="4">
         <v>0</v>
       </c>
       <c r="S288" s="4">
         <v>100</v>
       </c>
       <c r="T288" s="1"/>
       <c r="U288" s="1"/>
       <c r="V288" s="1"/>
       <c r="W288" s="1"/>
     </row>
     <row r="289" spans="1:23">
       <c r="A289" s="7" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B289" s="7"/>
       <c r="C289" s="7"/>
       <c r="D289" s="7"/>
       <c r="E289" s="11"/>
       <c r="F289" s="7"/>
       <c r="G289" s="7"/>
       <c r="H289" s="14"/>
       <c r="I289" s="14"/>
       <c r="J289" s="14"/>
       <c r="K289" s="8"/>
       <c r="L289" s="8"/>
       <c r="M289" s="8"/>
       <c r="N289" s="8"/>
       <c r="O289" s="8">
         <v>10567.96</v>
       </c>
       <c r="P289" s="8">
-        <v>621.16</v>
+        <v>0</v>
       </c>
       <c r="Q289" s="8">
-        <v>5.88</v>
+        <v>0</v>
       </c>
       <c r="R289" s="8"/>
       <c r="S289" s="8"/>
       <c r="T289" s="1"/>
       <c r="U289" s="1"/>
       <c r="V289" s="1"/>
       <c r="W289" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A289:N289"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>