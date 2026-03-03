--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -159,50 +159,53 @@
     <t>Supply, delivery, installation, commissioning and Trial run of electro mechanical component along with Cu wound line voltage corrector for BHUTRI FOREST Water Supply Scheme TW No- I under NMDII, PHE.Dte,APD.</t>
   </si>
   <si>
     <t>Assistant Engineer,Alipurduar Mechanical Sub-Division,P</t>
   </si>
   <si>
     <t>Junior Engineer 1, Cooch-Behar Mechanical Sub-Division,</t>
   </si>
   <si>
     <t>ORD/001102/2023-2024</t>
   </si>
   <si>
     <t>2836/NMD-II</t>
   </si>
   <si>
     <t>12/10/2023</t>
   </si>
   <si>
     <t>11/11/2023</t>
   </si>
   <si>
     <t>PRAGATI CONSTRUCTION COMPANY</t>
   </si>
   <si>
     <t>Gap joint and restoration of HDPE line and repairing of FHTC and allied works at Radharani and Chuapara village under Radharani under Bhutri Forest PWSS within Kalchini Block under Alipurduar Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>RWS Kalchini Block,RWS Kumargram Block</t>
   </si>
   <si>
     <t>ORD/000065/2025-2026</t>
   </si>
   <si>
     <t>817/ALD</t>
   </si>
   <si>
     <t>03/06/2025</t>
   </si>
   <si>
     <t>17/08/2025</t>
   </si>
   <si>
     <t>PRAPTI DUTTA</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -830,54 +833,54 @@
       <c r="I4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>34.7</v>
       </c>
       <c r="Q4" s="4">
-        <v>4.07</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>11.74</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>100</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -893,151 +896,151 @@
       <c r="I5" s="13" t="s">
         <v>41</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>42</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>47</v>
       </c>
       <c r="P5" s="4">
         <v>10.18</v>
       </c>
       <c r="Q5" s="4">
-        <v>10.07</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>98.93</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>100</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>31</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H6" s="13" t="s">
         <v>48</v>
       </c>
       <c r="I6" s="13" t="s">
         <v>33</v>
       </c>
       <c r="J6" s="13" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="K6" s="4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="L6" s="4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M6" s="4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="N6" s="4" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="O6" s="4" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="P6" s="4">
         <v>23.32</v>
       </c>
       <c r="Q6" s="4">
         <v>0</v>
       </c>
       <c r="R6" s="4">
         <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>50</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B7" s="7"/>
       <c r="C7" s="7"/>
       <c r="D7" s="7"/>
       <c r="E7" s="11"/>
       <c r="F7" s="7"/>
       <c r="G7" s="7"/>
       <c r="H7" s="14"/>
       <c r="I7" s="14"/>
       <c r="J7" s="14"/>
       <c r="K7" s="8"/>
       <c r="L7" s="8"/>
       <c r="M7" s="8"/>
       <c r="N7" s="8"/>
       <c r="O7" s="8">
         <v>72.29</v>
       </c>
       <c r="P7" s="8">
-        <v>14.14</v>
+        <v>0</v>
       </c>
       <c r="Q7" s="8">
-        <v>19.56</v>
+        <v>0</v>
       </c>
       <c r="R7" s="8"/>
       <c r="S7" s="8"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A7:N7"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>