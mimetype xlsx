--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -1258,54 +1258,54 @@
       <c r="I9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P9" s="4">
         <v>139.9</v>
       </c>
       <c r="Q9" s="4">
-        <v>21.2</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>15.15</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>10</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1321,54 +1321,54 @@
       <c r="I10" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="P10" s="4">
         <v>201.31</v>
       </c>
       <c r="Q10" s="4">
-        <v>52.22</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>25.94</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>45</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1607,54 +1607,54 @@
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="7" t="s">
         <v>97</v>
       </c>
       <c r="B15" s="7"/>
       <c r="C15" s="7"/>
       <c r="D15" s="7"/>
       <c r="E15" s="11"/>
       <c r="F15" s="7"/>
       <c r="G15" s="7"/>
       <c r="H15" s="14"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
       <c r="M15" s="8"/>
       <c r="N15" s="8"/>
       <c r="O15" s="8">
         <v>513.4</v>
       </c>
       <c r="P15" s="8">
-        <v>73.42</v>
+        <v>0</v>
       </c>
       <c r="Q15" s="8">
-        <v>14.3</v>
+        <v>0</v>
       </c>
       <c r="R15" s="8"/>
       <c r="S15" s="8"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A15:N15"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>