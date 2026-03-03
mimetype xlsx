--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -1024,54 +1024,54 @@
       <c r="I5" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P5" s="4">
         <v>539.38</v>
       </c>
       <c r="Q5" s="4">
-        <v>351.12</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>65.1</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>61</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>23</v>
       </c>
@@ -1150,54 +1150,54 @@
       <c r="I7" s="13" t="s">
         <v>49</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P7" s="4">
         <v>16.48</v>
       </c>
       <c r="Q7" s="4">
-        <v>16.48</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>59</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1674,54 +1674,54 @@
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="7" t="s">
         <v>99</v>
       </c>
       <c r="B16" s="7"/>
       <c r="C16" s="7"/>
       <c r="D16" s="7"/>
       <c r="E16" s="11"/>
       <c r="F16" s="7"/>
       <c r="G16" s="7"/>
       <c r="H16" s="14"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
       <c r="M16" s="8"/>
       <c r="N16" s="8"/>
       <c r="O16" s="8">
         <v>1552.2</v>
       </c>
       <c r="P16" s="8">
-        <v>367.6</v>
+        <v>0</v>
       </c>
       <c r="Q16" s="8">
-        <v>23.68</v>
+        <v>0</v>
       </c>
       <c r="R16" s="8"/>
       <c r="S16" s="8"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A16:N16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>