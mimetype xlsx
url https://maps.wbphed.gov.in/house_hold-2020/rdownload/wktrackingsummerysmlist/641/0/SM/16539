--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="117">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -306,50 +306,53 @@
     <t>07/03/2025</t>
   </si>
   <si>
     <t>02/11/2025</t>
   </si>
   <si>
     <t>APEX ENGINEERING</t>
   </si>
   <si>
     <t>Construction of 1 no. pump house, boundary wall, 1 no. T/W boring by ODEX- 165 method of drilling at Uttar Mendabari pwss area under Alipurduar Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000463/2024-2025</t>
   </si>
   <si>
     <t>5297/ALD</t>
   </si>
   <si>
     <t>05/07/2025</t>
   </si>
   <si>
     <t>D.K &amp; SONS</t>
   </si>
   <si>
     <t>Providing Functional Tap Connection (FHTC) in connection with Jaldhara/JalSwapna for Alipurduar-I Block under Alipurduar Division, PHE Dte. (Pin point site of the FHTC will be given at the time of issue of work order)</t>
+  </si>
+  <si>
+    <t>JUNIOR ENGINEER,RWS Kalchini Block</t>
   </si>
   <si>
     <t>ORD/000082/2025-2026</t>
   </si>
   <si>
     <t>1050/ALD</t>
   </si>
   <si>
     <t>17/06/2025</t>
   </si>
   <si>
     <t>16/08/2025</t>
   </si>
   <si>
     <t>MOTI INDUSTRIES</t>
   </si>
   <si>
     <t>Implementation of Affordable IoT-Enabled Water Service Delivery Measurement and Monitoring Sensing System for Rural Deployment in the Proposed Villages Under Different Water Supply Schemes at Diferrent Block of Alipurduar District in West Bengal</t>
   </si>
   <si>
     <t>Junior Engineer 1, Cooch-Behar Mechanical Sub-Division,,Junior Engineer 1, Northern Mechanical Division-II,PHE ,Junior Engineer 2,Alipurduar Mechanical sub-division,PH</t>
   </si>
   <si>
     <t>ORD/000062/2025-2026</t>
   </si>
@@ -1496,54 +1499,54 @@
       <c r="I12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P12" s="4">
         <v>736.75</v>
       </c>
       <c r="Q12" s="4">
-        <v>575.12</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>78.06</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>77</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>56</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1559,54 +1562,54 @@
       <c r="I13" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>78</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P13" s="4">
         <v>32.91</v>
       </c>
       <c r="Q13" s="4">
-        <v>25.72</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>78.15</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>60</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1727,235 +1730,235 @@
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H16" s="13" t="s">
         <v>97</v>
       </c>
       <c r="I16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J16" s="13" t="s">
-        <v>28</v>
+        <v>98</v>
       </c>
       <c r="K16" s="4" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="L16" s="4" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="M16" s="4" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="N16" s="4" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="O16" s="4" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="P16" s="4">
         <v>18.14</v>
       </c>
       <c r="Q16" s="4">
         <v>0</v>
       </c>
       <c r="R16" s="4">
         <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>56</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H17" s="13" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I17" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J17" s="13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K17" s="4" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="L17" s="4" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="M17" s="4" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="N17" s="4" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="O17" s="4" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P17" s="4">
         <v>726.15</v>
       </c>
       <c r="Q17" s="4">
         <v>0</v>
       </c>
       <c r="R17" s="4">
         <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>56</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>24</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>25</v>
       </c>
       <c r="H18" s="13" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="I18" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>78</v>
       </c>
       <c r="K18" s="4" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="L18" s="4" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="M18" s="4" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="N18" s="4" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="O18" s="4" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="P18" s="4">
         <v>27.3</v>
       </c>
       <c r="Q18" s="4">
         <v>0</v>
       </c>
       <c r="R18" s="4">
         <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>0</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="7" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="11"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8">
         <v>1797.71</v>
       </c>
       <c r="P19" s="8">
-        <v>600.84</v>
+        <v>0</v>
       </c>
       <c r="Q19" s="8">
-        <v>33.42</v>
+        <v>0</v>
       </c>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>