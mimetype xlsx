--- v0 (2026-01-11)
+++ v1 (2026-03-03)
@@ -1291,54 +1291,54 @@
       <c r="I6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P6" s="4">
         <v>70.82</v>
       </c>
       <c r="Q6" s="4">
-        <v>14.23</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>20.1</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>45</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>23</v>
       </c>
@@ -1480,54 +1480,54 @@
       <c r="I9" s="13" t="s">
         <v>69</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P9" s="4">
         <v>27.08</v>
       </c>
       <c r="Q9" s="4">
-        <v>26.66</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>98.46</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -2190,54 +2190,54 @@
       <c r="I21" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>116</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>117</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>118</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>119</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P21" s="4">
         <v>76.18</v>
       </c>
       <c r="Q21" s="4">
-        <v>29.23</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>38.37</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>80</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D22" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>23</v>
       </c>
@@ -2566,54 +2566,54 @@
       <c r="I27" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>157</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>158</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>159</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>160</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>161</v>
       </c>
       <c r="P27" s="4">
         <v>1.2</v>
       </c>
       <c r="Q27" s="4">
-        <v>1.07</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>88.95</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>0</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D28" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>23</v>
       </c>
@@ -2663,54 +2663,54 @@
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="7" t="s">
         <v>165</v>
       </c>
       <c r="B29" s="7"/>
       <c r="C29" s="7"/>
       <c r="D29" s="7"/>
       <c r="E29" s="11"/>
       <c r="F29" s="7"/>
       <c r="G29" s="7"/>
       <c r="H29" s="14"/>
       <c r="I29" s="14"/>
       <c r="J29" s="14"/>
       <c r="K29" s="8"/>
       <c r="L29" s="8"/>
       <c r="M29" s="8"/>
       <c r="N29" s="8"/>
       <c r="O29" s="8">
         <v>1278.59</v>
       </c>
       <c r="P29" s="8">
-        <v>71.19</v>
+        <v>0</v>
       </c>
       <c r="Q29" s="8">
-        <v>5.57</v>
+        <v>0</v>
       </c>
       <c r="R29" s="8"/>
       <c r="S29" s="8"/>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A29:N29"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>