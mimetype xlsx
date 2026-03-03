--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -1563,54 +1563,54 @@
       <c r="I12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>44</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P12" s="4">
         <v>143.22</v>
       </c>
       <c r="Q12" s="4">
-        <v>63.43</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>44.29</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>30</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1626,54 +1626,54 @@
       <c r="I13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>44</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P13" s="4">
         <v>190.87</v>
       </c>
       <c r="Q13" s="4">
-        <v>119.33</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>62.52</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>10</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1689,54 +1689,54 @@
       <c r="I14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>44</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P14" s="4">
         <v>91.81</v>
       </c>
       <c r="Q14" s="4">
-        <v>41.04</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>44.7</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>40</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>57</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
@@ -1752,54 +1752,54 @@
       <c r="I15" s="13" t="s">
         <v>81</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>82</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>83</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>84</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>85</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>86</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>87</v>
       </c>
       <c r="P15" s="4">
         <v>81.19</v>
       </c>
       <c r="Q15" s="4">
-        <v>56.97</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>70.17</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>40</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
@@ -1941,54 +1941,54 @@
       <c r="I18" s="13" t="s">
         <v>100</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>101</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>92</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>93</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>104</v>
       </c>
       <c r="P18" s="4">
         <v>5.27</v>
       </c>
       <c r="Q18" s="4">
-        <v>5.27</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>99.96</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>57</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>23</v>
       </c>
@@ -2392,54 +2392,54 @@
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="7" t="s">
         <v>137</v>
       </c>
       <c r="B26" s="7"/>
       <c r="C26" s="7"/>
       <c r="D26" s="7"/>
       <c r="E26" s="11"/>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="14"/>
       <c r="I26" s="14"/>
       <c r="J26" s="14"/>
       <c r="K26" s="8"/>
       <c r="L26" s="8"/>
       <c r="M26" s="8"/>
       <c r="N26" s="8"/>
       <c r="O26" s="8">
         <v>1337.03</v>
       </c>
       <c r="P26" s="8">
-        <v>286.04</v>
+        <v>0</v>
       </c>
       <c r="Q26" s="8">
-        <v>21.39</v>
+        <v>0</v>
       </c>
       <c r="R26" s="8"/>
       <c r="S26" s="8"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A26:N26"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>