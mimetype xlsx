--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -1414,54 +1414,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>95.98</v>
       </c>
       <c r="Q3" s="4">
-        <v>81.06</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>84.46</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>7</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1534,54 +1534,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P5" s="4">
         <v>97.44</v>
       </c>
       <c r="Q5" s="4">
-        <v>41.77</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>42.87</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>7</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1654,54 +1654,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="P7" s="4">
         <v>32.74</v>
       </c>
       <c r="Q7" s="4">
-        <v>20.26</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>61.89</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>30</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1892,54 +1892,54 @@
       <c r="I11" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P11" s="4">
         <v>51.34</v>
       </c>
       <c r="Q11" s="4">
-        <v>44.47</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>86.62</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>7</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -2299,54 +2299,54 @@
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>104</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="P18" s="4">
         <v>37.07</v>
       </c>
       <c r="Q18" s="4">
-        <v>29.87</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>80.58</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>61</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2360,54 +2360,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>109</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>110</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>111</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P19" s="4">
         <v>98.12</v>
       </c>
       <c r="Q19" s="4">
-        <v>86.15</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>87.79</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>85</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2421,54 +2421,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>113</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>114</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P20" s="4">
         <v>96.76</v>
       </c>
       <c r="Q20" s="4">
-        <v>74.45</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>76.94</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>65</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2482,54 +2482,54 @@
       <c r="I21" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J21" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K21" s="4" t="s">
         <v>116</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>117</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>118</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>119</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>120</v>
       </c>
       <c r="P21" s="4">
         <v>31.78</v>
       </c>
       <c r="Q21" s="4">
-        <v>18.23</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>57.36</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>65</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2543,54 +2543,54 @@
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>122</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>123</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>124</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>126</v>
       </c>
       <c r="P22" s="4">
         <v>31.63</v>
       </c>
       <c r="Q22" s="4">
-        <v>9.71</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>30.71</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2604,54 +2604,54 @@
       <c r="I23" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>128</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>129</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>130</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>131</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>132</v>
       </c>
       <c r="P23" s="4">
         <v>31.58</v>
       </c>
       <c r="Q23" s="4">
-        <v>22.36</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>70.79</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>20</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2665,54 +2665,54 @@
       <c r="I24" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>134</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>135</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>136</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>137</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>138</v>
       </c>
       <c r="P24" s="4">
         <v>31.46</v>
       </c>
       <c r="Q24" s="4">
-        <v>18.97</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>60.31</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>61</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>86</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2787,54 +2787,54 @@
       <c r="I26" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>148</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>149</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>150</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>151</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>152</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>42</v>
       </c>
       <c r="P26" s="4">
         <v>239.31</v>
       </c>
       <c r="Q26" s="4">
-        <v>25.15</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>10.51</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>55</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2848,54 +2848,54 @@
       <c r="I27" s="13" t="s">
         <v>154</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>155</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>156</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>157</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>124</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>138</v>
       </c>
       <c r="P27" s="4">
         <v>34.7</v>
       </c>
       <c r="Q27" s="4">
-        <v>29.27</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>84.36</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>100</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2907,54 +2907,54 @@
         <v>158</v>
       </c>
       <c r="I28" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J28" s="13"/>
       <c r="K28" s="4" t="s">
         <v>159</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>160</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>161</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>162</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>163</v>
       </c>
       <c r="P28" s="4">
         <v>9.82</v>
       </c>
       <c r="Q28" s="4">
-        <v>9.82</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>100</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -2968,54 +2968,54 @@
       <c r="I29" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>165</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>166</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>167</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>168</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>169</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>163</v>
       </c>
       <c r="P29" s="4">
         <v>1.96</v>
       </c>
       <c r="Q29" s="4">
-        <v>1.95</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>99.38</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>10</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -3029,54 +3029,54 @@
       <c r="I30" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>171</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>172</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>173</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>174</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>175</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>176</v>
       </c>
       <c r="P30" s="4">
         <v>33.26</v>
       </c>
       <c r="Q30" s="4">
-        <v>25.29</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>76.04</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>50</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -3546,54 +3546,54 @@
       <c r="I39" s="13" t="s">
         <v>205</v>
       </c>
       <c r="J39" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>206</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>207</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>208</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>209</v>
       </c>
       <c r="P39" s="4">
         <v>24.27</v>
       </c>
       <c r="Q39" s="4">
-        <v>2.95</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>12.14</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>58</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>86</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
@@ -3607,54 +3607,54 @@
       <c r="I40" s="13" t="s">
         <v>140</v>
       </c>
       <c r="J40" s="13" t="s">
         <v>141</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>211</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>212</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>213</v>
       </c>
       <c r="N40" s="4" t="s">
         <v>214</v>
       </c>
       <c r="O40" s="4" t="s">
         <v>215</v>
       </c>
       <c r="P40" s="4">
         <v>176.42</v>
       </c>
       <c r="Q40" s="4">
-        <v>118.2</v>
+        <v>0</v>
       </c>
       <c r="R40" s="4">
-        <v>67</v>
+        <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>80</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
@@ -3668,54 +3668,54 @@
       <c r="I41" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J41" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>217</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>218</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>219</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>220</v>
       </c>
       <c r="P41" s="4">
         <v>44.55</v>
       </c>
       <c r="Q41" s="4">
-        <v>5.69</v>
+        <v>0</v>
       </c>
       <c r="R41" s="4">
-        <v>12.77</v>
+        <v>0</v>
       </c>
       <c r="S41" s="4">
         <v>50</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
@@ -3729,54 +3729,54 @@
       <c r="I42" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J42" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>222</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>223</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>224</v>
       </c>
       <c r="O42" s="4" t="s">
         <v>120</v>
       </c>
       <c r="P42" s="4">
         <v>46.23</v>
       </c>
       <c r="Q42" s="4">
-        <v>6.37</v>
+        <v>0</v>
       </c>
       <c r="R42" s="4">
-        <v>13.78</v>
+        <v>0</v>
       </c>
       <c r="S42" s="4">
         <v>5</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
@@ -3790,54 +3790,54 @@
       <c r="I43" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J43" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>226</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>227</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>193</v>
       </c>
       <c r="N43" s="4" t="s">
         <v>228</v>
       </c>
       <c r="O43" s="4" t="s">
         <v>220</v>
       </c>
       <c r="P43" s="4">
         <v>120.29</v>
       </c>
       <c r="Q43" s="4">
-        <v>58.79</v>
+        <v>0</v>
       </c>
       <c r="R43" s="4">
-        <v>48.87</v>
+        <v>0</v>
       </c>
       <c r="S43" s="4">
         <v>10</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
@@ -3851,54 +3851,54 @@
       <c r="I44" s="13" t="s">
         <v>154</v>
       </c>
       <c r="J44" s="13" t="s">
         <v>230</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>231</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>232</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>233</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>234</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>235</v>
       </c>
       <c r="P44" s="4">
         <v>31.26</v>
       </c>
       <c r="Q44" s="4">
-        <v>7.09</v>
+        <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>22.69</v>
+        <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>92</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
@@ -3973,54 +3973,54 @@
       <c r="I46" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J46" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K46" s="4" t="s">
         <v>242</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>243</v>
       </c>
       <c r="M46" s="4" t="s">
         <v>168</v>
       </c>
       <c r="N46" s="4" t="s">
         <v>244</v>
       </c>
       <c r="O46" s="4" t="s">
         <v>120</v>
       </c>
       <c r="P46" s="4">
         <v>18.26</v>
       </c>
       <c r="Q46" s="4">
-        <v>3.06</v>
+        <v>0</v>
       </c>
       <c r="R46" s="4">
-        <v>16.79</v>
+        <v>0</v>
       </c>
       <c r="S46" s="4">
         <v>65</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3"/>
       <c r="D47" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>23</v>
@@ -4034,54 +4034,54 @@
       <c r="I47" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J47" s="13" t="s">
         <v>48</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>246</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>247</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>248</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>249</v>
       </c>
       <c r="O47" s="4" t="s">
         <v>250</v>
       </c>
       <c r="P47" s="4">
         <v>4.8</v>
       </c>
       <c r="Q47" s="4">
-        <v>4.78</v>
+        <v>0</v>
       </c>
       <c r="R47" s="4">
-        <v>99.64</v>
+        <v>0</v>
       </c>
       <c r="S47" s="4">
         <v>0</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>23</v>
@@ -4251,54 +4251,54 @@
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="7" t="s">
         <v>269</v>
       </c>
       <c r="B51" s="7"/>
       <c r="C51" s="7"/>
       <c r="D51" s="7"/>
       <c r="E51" s="11"/>
       <c r="F51" s="7"/>
       <c r="G51" s="7"/>
       <c r="H51" s="14"/>
       <c r="I51" s="14"/>
       <c r="J51" s="14"/>
       <c r="K51" s="8"/>
       <c r="L51" s="8"/>
       <c r="M51" s="8"/>
       <c r="N51" s="8"/>
       <c r="O51" s="8">
         <v>2253.54</v>
       </c>
       <c r="P51" s="8">
-        <v>745.73</v>
+        <v>0</v>
       </c>
       <c r="Q51" s="8">
-        <v>33.09</v>
+        <v>0</v>
       </c>
       <c r="R51" s="8"/>
       <c r="S51" s="8"/>
       <c r="T51" s="1"/>
       <c r="U51" s="1"/>
       <c r="V51" s="1"/>
       <c r="W51" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A51:N51"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>