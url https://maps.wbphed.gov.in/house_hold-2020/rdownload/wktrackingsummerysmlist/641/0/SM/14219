--- v0 (2026-01-11)
+++ v1 (2026-03-03)
@@ -1241,54 +1241,54 @@
       <c r="I7" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P7" s="4">
         <v>17.4</v>
       </c>
       <c r="Q7" s="4">
-        <v>11.8</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>67.8</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>70</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1430,54 +1430,54 @@
       <c r="I10" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P10" s="4">
         <v>11.27</v>
       </c>
       <c r="Q10" s="4">
-        <v>11.27</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>99.95</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>85</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1493,54 +1493,54 @@
       <c r="I11" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P11" s="4">
         <v>4.67</v>
       </c>
       <c r="Q11" s="4">
-        <v>4.67</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1792,54 +1792,54 @@
       <c r="I16" s="13" t="s">
         <v>44</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>45</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>88</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>89</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>90</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>91</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P16" s="4">
         <v>399.05</v>
       </c>
       <c r="Q16" s="4">
-        <v>350.21</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>87.76</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>90</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
@@ -2168,88 +2168,88 @@
       <c r="I22" s="13" t="s">
         <v>112</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>126</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>127</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>128</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>129</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>130</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>131</v>
       </c>
       <c r="P22" s="4">
         <v>18.77</v>
       </c>
       <c r="Q22" s="4">
-        <v>17.46</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>92.99</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>80</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="7" t="s">
         <v>132</v>
       </c>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
       <c r="E23" s="11"/>
       <c r="F23" s="7"/>
       <c r="G23" s="7"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
       <c r="J23" s="14"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
       <c r="M23" s="8"/>
       <c r="N23" s="8"/>
       <c r="O23" s="8">
         <v>1405.18</v>
       </c>
       <c r="P23" s="8">
-        <v>395.4</v>
+        <v>0</v>
       </c>
       <c r="Q23" s="8">
-        <v>28.14</v>
+        <v>0</v>
       </c>
       <c r="R23" s="8"/>
       <c r="S23" s="8"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A23:N23"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>