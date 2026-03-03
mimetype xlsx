--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -302,51 +302,51 @@
   <si>
     <t>Birpara A.E,HQ-A.E</t>
   </si>
   <si>
     <t>RWS Falakata Block,RWS Kumargram Block</t>
   </si>
   <si>
     <t>ORD/000464/2024-2025</t>
   </si>
   <si>
     <t>5287/ALD</t>
   </si>
   <si>
     <t>07/03/2025</t>
   </si>
   <si>
     <t>02/11/2025</t>
   </si>
   <si>
     <t>APEX ENGINEERING</t>
   </si>
   <si>
     <t>Providing Functional Tap Connection (FHTC) in connection with Jaldhara/JalSwapna for Alipurduar-I Block under Alipurduar Division, PHE Dte. (Pin point site of the FHTC will be given at the time of issue of work order)</t>
   </si>
   <si>
-    <t>RWS Kalchini Block</t>
+    <t>JUNIOR ENGINEER,RWS Kalchini Block</t>
   </si>
   <si>
     <t>ORD/000082/2025-2026</t>
   </si>
   <si>
     <t>1050/ALD</t>
   </si>
   <si>
     <t>17/06/2025</t>
   </si>
   <si>
     <t>16/08/2025</t>
   </si>
   <si>
     <t>MOTI INDUSTRIES</t>
   </si>
   <si>
     <t>Supply, delivery, installation, commissioning and Trial run of electro mechanical component along with Cu wound line voltage corrector for Pararpar Water Supply Scheme TW No.-III (Additional) under NMD-II,PHE.Dte,Alipurduar.</t>
   </si>
   <si>
     <t>ORD/000059/2025-2026</t>
   </si>
   <si>
     <t>787/ALD</t>
   </si>
@@ -1227,54 +1227,54 @@
       <c r="I7" s="13" t="s">
         <v>48</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>49</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>51</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P7" s="4">
         <v>18.45</v>
       </c>
       <c r="Q7" s="4">
-        <v>17.64</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>95.62</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>75</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -1290,54 +1290,54 @@
       <c r="I8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>56</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P8" s="4">
         <v>6.38</v>
       </c>
       <c r="Q8" s="4">
-        <v>6.35</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>99.46</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>98</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1475,54 +1475,54 @@
       <c r="I11" s="13" t="s">
         <v>63</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>64</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>77</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>78</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>79</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>80</v>
       </c>
       <c r="P11" s="4">
         <v>324.42</v>
       </c>
       <c r="Q11" s="4">
-        <v>219.59</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>67.69</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>3</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1950,54 +1950,54 @@
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="7" t="s">
         <v>126</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="11"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8">
         <v>1367.66</v>
       </c>
       <c r="P19" s="8">
-        <v>243.58</v>
+        <v>0</v>
       </c>
       <c r="Q19" s="8">
-        <v>17.81</v>
+        <v>0</v>
       </c>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>