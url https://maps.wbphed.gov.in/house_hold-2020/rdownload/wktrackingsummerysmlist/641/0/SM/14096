--- v0 (2025-12-14)
+++ v1 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="292">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="297">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -885,50 +885,65 @@
     <t>1150/NMD-II</t>
   </si>
   <si>
     <t>16/05/2025</t>
   </si>
   <si>
     <t>15/06/2025</t>
   </si>
   <si>
     <t>M/S SAJAHAN CHOWDHURY</t>
   </si>
   <si>
     <t>Construction of Pump House, Boundary Wall, Tube well Boring by Reverse Rotary Method of drilling including Rising Main at Bhatibari Zone-II PWSS Under Alipurduar Division PHE DTE</t>
   </si>
   <si>
     <t>ORD/000367/2022-2023</t>
   </si>
   <si>
     <t>2611/ALD/</t>
   </si>
   <si>
     <t>11/09/2024</t>
   </si>
   <si>
     <t>RATAN DUTTA</t>
+  </si>
+  <si>
+    <t>Construction of pump house &amp; sinking of 250 mm x 200 mm x 150mtr Big dia Tubewell at 2nd site of Bhatibari Zone-IV PWSS under Alipurduar Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000034/2023-2024</t>
+  </si>
+  <si>
+    <t>365/ALD</t>
+  </si>
+  <si>
+    <t>07/01/2025</t>
+  </si>
+  <si>
+    <t>MONORAMA ENTERPRISE</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1317,51 +1332,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W60"/>
+  <dimension ref="A1:W61"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.998291" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705078" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="80.123291" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -4862,87 +4877,148 @@
       </c>
       <c r="N59" s="4" t="s">
         <v>289</v>
       </c>
       <c r="O59" s="4" t="s">
         <v>290</v>
       </c>
       <c r="P59" s="4">
         <v>24.73</v>
       </c>
       <c r="Q59" s="4">
         <v>18.96</v>
       </c>
       <c r="R59" s="4">
         <v>76.69</v>
       </c>
       <c r="S59" s="4">
         <v>60</v>
       </c>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
-      <c r="A60" s="7" t="s">
+      <c r="A60" s="3">
+        <v>58</v>
+      </c>
+      <c r="B60" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C60" s="3"/>
+      <c r="D60" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E60" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F60" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="H60" s="13" t="s">
         <v>291</v>
       </c>
-      <c r="B60" s="7"/>
-[...22 lines deleted...]
-      <c r="S60" s="8"/>
+      <c r="I60" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J60" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="K60" s="4" t="s">
+        <v>292</v>
+      </c>
+      <c r="L60" s="4" t="s">
+        <v>293</v>
+      </c>
+      <c r="M60" s="4" t="s">
+        <v>170</v>
+      </c>
+      <c r="N60" s="4" t="s">
+        <v>294</v>
+      </c>
+      <c r="O60" s="4" t="s">
+        <v>295</v>
+      </c>
+      <c r="P60" s="4">
+        <v>22.01</v>
+      </c>
+      <c r="Q60" s="4">
+        <v>19.1</v>
+      </c>
+      <c r="R60" s="4">
+        <v>86.79</v>
+      </c>
+      <c r="S60" s="4">
+        <v>100</v>
+      </c>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
+    <row r="61" spans="1:23">
+      <c r="A61" s="7" t="s">
+        <v>296</v>
+      </c>
+      <c r="B61" s="7"/>
+      <c r="C61" s="7"/>
+      <c r="D61" s="7"/>
+      <c r="E61" s="11"/>
+      <c r="F61" s="7"/>
+      <c r="G61" s="7"/>
+      <c r="H61" s="14"/>
+      <c r="I61" s="14"/>
+      <c r="J61" s="14"/>
+      <c r="K61" s="8"/>
+      <c r="L61" s="8"/>
+      <c r="M61" s="8"/>
+      <c r="N61" s="8"/>
+      <c r="O61" s="8">
+        <v>1832.92</v>
+      </c>
+      <c r="P61" s="8">
+        <v>954.19</v>
+      </c>
+      <c r="Q61" s="8">
+        <v>52.06</v>
+      </c>
+      <c r="R61" s="8"/>
+      <c r="S61" s="8"/>
+      <c r="T61" s="1"/>
+      <c r="U61" s="1"/>
+      <c r="V61" s="1"/>
+      <c r="W61" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A60:N60"/>
+    <mergeCell ref="A61:N61"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>