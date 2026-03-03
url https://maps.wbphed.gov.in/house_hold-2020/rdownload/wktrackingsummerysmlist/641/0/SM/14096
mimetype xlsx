--- v1 (2026-01-11)
+++ v2 (2026-03-03)
@@ -1495,54 +1495,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>4.87</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.87</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>21</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1556,54 +1556,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P4" s="4">
         <v>4.86</v>
       </c>
       <c r="Q4" s="4">
-        <v>4.86</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>20</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1617,54 +1617,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P5" s="4">
         <v>4.95</v>
       </c>
       <c r="Q5" s="4">
-        <v>4.66</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>94.22</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>0</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1678,54 +1678,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P6" s="4">
         <v>98.5</v>
       </c>
       <c r="Q6" s="4">
-        <v>86.88</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>88.2</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>88</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1739,54 +1739,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P7" s="4">
         <v>75.53</v>
       </c>
       <c r="Q7" s="4">
-        <v>61.22</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>81.06</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>20</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1800,54 +1800,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="P8" s="4">
         <v>83.66</v>
       </c>
       <c r="Q8" s="4">
-        <v>62.39</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>74.57</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>19</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1861,54 +1861,54 @@
       <c r="I9" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P9" s="4">
         <v>74.46</v>
       </c>
       <c r="Q9" s="4">
-        <v>43.73</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>58.74</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>21</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -2044,54 +2044,54 @@
       <c r="I12" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>73</v>
       </c>
       <c r="P12" s="4">
         <v>100.55</v>
       </c>
       <c r="Q12" s="4">
-        <v>73.39</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>72.99</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>72</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
@@ -2105,54 +2105,54 @@
       <c r="I13" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>75</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>76</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P13" s="4">
         <v>5.02</v>
       </c>
       <c r="Q13" s="4">
-        <v>5.02</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>22</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -2406,54 +2406,54 @@
       <c r="I18" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>96</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>97</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>98</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P18" s="4">
         <v>4.79</v>
       </c>
       <c r="Q18" s="4">
-        <v>4.77</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>99.59</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>19</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2467,54 +2467,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>103</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>104</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P19" s="4">
         <v>14.02</v>
       </c>
       <c r="Q19" s="4">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>85.59</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>21</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2528,54 +2528,54 @@
       <c r="I20" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>106</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>107</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>77</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P20" s="4">
         <v>5.02</v>
       </c>
       <c r="Q20" s="4">
-        <v>4.88</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>97.24</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>21</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>108</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2874,54 +2874,54 @@
       <c r="I26" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>125</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>126</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>127</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>128</v>
       </c>
       <c r="P26" s="4">
         <v>51.35</v>
       </c>
       <c r="Q26" s="4">
-        <v>35.53</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>69.2</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>85</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2996,54 +2996,54 @@
       <c r="I28" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J28" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K28" s="4" t="s">
         <v>134</v>
       </c>
       <c r="L28" s="4" t="s">
         <v>135</v>
       </c>
       <c r="M28" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N28" s="4" t="s">
         <v>63</v>
       </c>
       <c r="O28" s="4" t="s">
         <v>136</v>
       </c>
       <c r="P28" s="4">
         <v>34.76</v>
       </c>
       <c r="Q28" s="4">
-        <v>13.04</v>
+        <v>0</v>
       </c>
       <c r="R28" s="4">
-        <v>37.5</v>
+        <v>0</v>
       </c>
       <c r="S28" s="4">
         <v>21</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>108</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
@@ -3118,54 +3118,54 @@
       <c r="I30" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>146</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>147</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>148</v>
       </c>
       <c r="P30" s="4">
         <v>100.29</v>
       </c>
       <c r="Q30" s="4">
-        <v>92.25</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>91.99</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>87</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -3179,54 +3179,54 @@
       <c r="I31" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>150</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>151</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>152</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>153</v>
       </c>
       <c r="P31" s="4">
         <v>24.63</v>
       </c>
       <c r="Q31" s="4">
-        <v>23.93</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>97.14</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>100</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -3240,54 +3240,54 @@
       <c r="I32" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>155</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>156</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>157</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>158</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>159</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>136</v>
       </c>
       <c r="P32" s="4">
         <v>6.38</v>
       </c>
       <c r="Q32" s="4">
-        <v>6.02</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>94.36</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>100</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>108</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -3415,54 +3415,54 @@
       <c r="I35" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J35" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K35" s="4" t="s">
         <v>168</v>
       </c>
       <c r="L35" s="4" t="s">
         <v>169</v>
       </c>
       <c r="M35" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N35" s="4" t="s">
         <v>170</v>
       </c>
       <c r="O35" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P35" s="4">
         <v>100.89</v>
       </c>
       <c r="Q35" s="4">
-        <v>76.17</v>
+        <v>0</v>
       </c>
       <c r="R35" s="4">
-        <v>75.5</v>
+        <v>0</v>
       </c>
       <c r="S35" s="4">
         <v>50</v>
       </c>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="3"/>
       <c r="D36" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F36" s="3" t="s">
         <v>23</v>
@@ -3476,54 +3476,54 @@
       <c r="I36" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J36" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K36" s="4" t="s">
         <v>172</v>
       </c>
       <c r="L36" s="4" t="s">
         <v>173</v>
       </c>
       <c r="M36" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N36" s="4" t="s">
         <v>174</v>
       </c>
       <c r="O36" s="4" t="s">
         <v>136</v>
       </c>
       <c r="P36" s="4">
         <v>98.45</v>
       </c>
       <c r="Q36" s="4">
-        <v>80.75</v>
+        <v>0</v>
       </c>
       <c r="R36" s="4">
-        <v>82.02</v>
+        <v>0</v>
       </c>
       <c r="S36" s="4">
         <v>18</v>
       </c>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="3"/>
       <c r="D37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F37" s="3" t="s">
         <v>23</v>
@@ -3537,54 +3537,54 @@
       <c r="I37" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J37" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K37" s="4" t="s">
         <v>176</v>
       </c>
       <c r="L37" s="4" t="s">
         <v>177</v>
       </c>
       <c r="M37" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N37" s="4" t="s">
         <v>178</v>
       </c>
       <c r="O37" s="4" t="s">
         <v>179</v>
       </c>
       <c r="P37" s="4">
         <v>74.77</v>
       </c>
       <c r="Q37" s="4">
-        <v>65.08</v>
+        <v>0</v>
       </c>
       <c r="R37" s="4">
-        <v>87.05</v>
+        <v>0</v>
       </c>
       <c r="S37" s="4">
         <v>87</v>
       </c>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="3"/>
       <c r="D38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="3" t="s">
         <v>23</v>
@@ -3598,54 +3598,54 @@
       <c r="I38" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J38" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>181</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>182</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>183</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P38" s="4">
         <v>28.2</v>
       </c>
       <c r="Q38" s="4">
-        <v>23.43</v>
+        <v>0</v>
       </c>
       <c r="R38" s="4">
-        <v>83.1</v>
+        <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>83</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
@@ -3659,54 +3659,54 @@
       <c r="I39" s="13" t="s">
         <v>185</v>
       </c>
       <c r="J39" s="13" t="s">
         <v>186</v>
       </c>
       <c r="K39" s="4" t="s">
         <v>187</v>
       </c>
       <c r="L39" s="4" t="s">
         <v>188</v>
       </c>
       <c r="M39" s="4" t="s">
         <v>189</v>
       </c>
       <c r="N39" s="4" t="s">
         <v>190</v>
       </c>
       <c r="O39" s="4" t="s">
         <v>191</v>
       </c>
       <c r="P39" s="4">
         <v>0.7</v>
       </c>
       <c r="Q39" s="4">
-        <v>0.58</v>
+        <v>0</v>
       </c>
       <c r="R39" s="4">
-        <v>83.33</v>
+        <v>0</v>
       </c>
       <c r="S39" s="4">
         <v>0</v>
       </c>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
     </row>
     <row r="40" spans="1:23">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="3"/>
       <c r="D40" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F40" s="3" t="s">
         <v>23</v>
@@ -3720,54 +3720,54 @@
       <c r="I40" s="13" t="s">
         <v>185</v>
       </c>
       <c r="J40" s="13" t="s">
         <v>186</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>193</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>194</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>189</v>
       </c>
       <c r="N40" s="4" t="s">
         <v>190</v>
       </c>
       <c r="O40" s="4" t="s">
         <v>191</v>
       </c>
       <c r="P40" s="4">
         <v>0.5</v>
       </c>
       <c r="Q40" s="4">
-        <v>0.5</v>
+        <v>0</v>
       </c>
       <c r="R40" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>85</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
@@ -3781,54 +3781,54 @@
       <c r="I41" s="13" t="s">
         <v>185</v>
       </c>
       <c r="J41" s="13" t="s">
         <v>186</v>
       </c>
       <c r="K41" s="4" t="s">
         <v>196</v>
       </c>
       <c r="L41" s="4" t="s">
         <v>197</v>
       </c>
       <c r="M41" s="4" t="s">
         <v>198</v>
       </c>
       <c r="N41" s="4" t="s">
         <v>199</v>
       </c>
       <c r="O41" s="4" t="s">
         <v>191</v>
       </c>
       <c r="P41" s="4">
         <v>0.7</v>
       </c>
       <c r="Q41" s="4">
-        <v>0.51</v>
+        <v>0</v>
       </c>
       <c r="R41" s="4">
-        <v>72.65</v>
+        <v>0</v>
       </c>
       <c r="S41" s="4">
         <v>0</v>
       </c>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
     </row>
     <row r="42" spans="1:23">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="3"/>
       <c r="D42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F42" s="3" t="s">
         <v>23</v>
@@ -3903,54 +3903,54 @@
       <c r="I43" s="13" t="s">
         <v>185</v>
       </c>
       <c r="J43" s="13" t="s">
         <v>186</v>
       </c>
       <c r="K43" s="4" t="s">
         <v>205</v>
       </c>
       <c r="L43" s="4" t="s">
         <v>206</v>
       </c>
       <c r="M43" s="4" t="s">
         <v>198</v>
       </c>
       <c r="N43" s="4" t="s">
         <v>199</v>
       </c>
       <c r="O43" s="4" t="s">
         <v>191</v>
       </c>
       <c r="P43" s="4">
         <v>0.5</v>
       </c>
       <c r="Q43" s="4">
-        <v>0.5</v>
+        <v>0</v>
       </c>
       <c r="R43" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S43" s="4">
         <v>0</v>
       </c>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
     </row>
     <row r="44" spans="1:23">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="3"/>
       <c r="D44" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E44" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F44" s="3" t="s">
         <v>23</v>
@@ -3964,54 +3964,54 @@
       <c r="I44" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J44" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K44" s="4" t="s">
         <v>208</v>
       </c>
       <c r="L44" s="4" t="s">
         <v>209</v>
       </c>
       <c r="M44" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N44" s="4" t="s">
         <v>210</v>
       </c>
       <c r="O44" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P44" s="4">
         <v>34.47</v>
       </c>
       <c r="Q44" s="4">
-        <v>24.13</v>
+        <v>0</v>
       </c>
       <c r="R44" s="4">
-        <v>70</v>
+        <v>0</v>
       </c>
       <c r="S44" s="4">
         <v>70</v>
       </c>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
     </row>
     <row r="45" spans="1:23">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="3"/>
       <c r="D45" s="3" t="s">
         <v>108</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F45" s="3" t="s">
         <v>23</v>
@@ -4086,54 +4086,54 @@
       <c r="I46" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J46" s="13" t="s">
         <v>70</v>
       </c>
       <c r="K46" s="4" t="s">
         <v>219</v>
       </c>
       <c r="L46" s="4" t="s">
         <v>220</v>
       </c>
       <c r="M46" s="4" t="s">
         <v>221</v>
       </c>
       <c r="N46" s="4" t="s">
         <v>222</v>
       </c>
       <c r="O46" s="4" t="s">
         <v>136</v>
       </c>
       <c r="P46" s="4">
         <v>103.38</v>
       </c>
       <c r="Q46" s="4">
-        <v>37.39</v>
+        <v>0</v>
       </c>
       <c r="R46" s="4">
-        <v>36.17</v>
+        <v>0</v>
       </c>
       <c r="S46" s="4">
         <v>50</v>
       </c>
       <c r="T46" s="1"/>
       <c r="U46" s="1"/>
       <c r="V46" s="1"/>
       <c r="W46" s="1"/>
     </row>
     <row r="47" spans="1:23">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="3"/>
       <c r="D47" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E47" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F47" s="3" t="s">
         <v>23</v>
@@ -4269,54 +4269,54 @@
       <c r="I49" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J49" s="13" t="s">
         <v>237</v>
       </c>
       <c r="K49" s="4" t="s">
         <v>238</v>
       </c>
       <c r="L49" s="4" t="s">
         <v>239</v>
       </c>
       <c r="M49" s="4" t="s">
         <v>240</v>
       </c>
       <c r="N49" s="4" t="s">
         <v>241</v>
       </c>
       <c r="O49" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P49" s="4">
         <v>114.7</v>
       </c>
       <c r="Q49" s="4">
-        <v>17.27</v>
+        <v>0</v>
       </c>
       <c r="R49" s="4">
-        <v>15.06</v>
+        <v>0</v>
       </c>
       <c r="S49" s="4">
         <v>45</v>
       </c>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
     <row r="50" spans="1:23">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="3"/>
       <c r="D50" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E50" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>23</v>
@@ -4330,54 +4330,54 @@
       <c r="I50" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J50" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K50" s="4" t="s">
         <v>243</v>
       </c>
       <c r="L50" s="4" t="s">
         <v>244</v>
       </c>
       <c r="M50" s="4" t="s">
         <v>245</v>
       </c>
       <c r="N50" s="4" t="s">
         <v>246</v>
       </c>
       <c r="O50" s="4" t="s">
         <v>179</v>
       </c>
       <c r="P50" s="4">
         <v>98.47</v>
       </c>
       <c r="Q50" s="4">
-        <v>50.36</v>
+        <v>0</v>
       </c>
       <c r="R50" s="4">
-        <v>51.14</v>
+        <v>0</v>
       </c>
       <c r="S50" s="4">
         <v>50</v>
       </c>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
     </row>
     <row r="51" spans="1:23">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="3"/>
       <c r="D51" s="3" t="s">
         <v>108</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F51" s="3" t="s">
         <v>23</v>
@@ -4863,54 +4863,54 @@
       <c r="I59" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J59" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K59" s="4" t="s">
         <v>287</v>
       </c>
       <c r="L59" s="4" t="s">
         <v>288</v>
       </c>
       <c r="M59" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N59" s="4" t="s">
         <v>289</v>
       </c>
       <c r="O59" s="4" t="s">
         <v>290</v>
       </c>
       <c r="P59" s="4">
         <v>24.73</v>
       </c>
       <c r="Q59" s="4">
-        <v>18.96</v>
+        <v>0</v>
       </c>
       <c r="R59" s="4">
-        <v>76.69</v>
+        <v>0</v>
       </c>
       <c r="S59" s="4">
         <v>60</v>
       </c>
       <c r="T59" s="1"/>
       <c r="U59" s="1"/>
       <c r="V59" s="1"/>
       <c r="W59" s="1"/>
     </row>
     <row r="60" spans="1:23">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C60" s="3"/>
       <c r="D60" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E60" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F60" s="3" t="s">
         <v>23</v>
@@ -4924,88 +4924,88 @@
       <c r="I60" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J60" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K60" s="4" t="s">
         <v>292</v>
       </c>
       <c r="L60" s="4" t="s">
         <v>293</v>
       </c>
       <c r="M60" s="4" t="s">
         <v>170</v>
       </c>
       <c r="N60" s="4" t="s">
         <v>294</v>
       </c>
       <c r="O60" s="4" t="s">
         <v>295</v>
       </c>
       <c r="P60" s="4">
         <v>22.01</v>
       </c>
       <c r="Q60" s="4">
-        <v>19.1</v>
+        <v>0</v>
       </c>
       <c r="R60" s="4">
-        <v>86.79</v>
+        <v>0</v>
       </c>
       <c r="S60" s="4">
         <v>100</v>
       </c>
       <c r="T60" s="1"/>
       <c r="U60" s="1"/>
       <c r="V60" s="1"/>
       <c r="W60" s="1"/>
     </row>
     <row r="61" spans="1:23">
       <c r="A61" s="7" t="s">
         <v>296</v>
       </c>
       <c r="B61" s="7"/>
       <c r="C61" s="7"/>
       <c r="D61" s="7"/>
       <c r="E61" s="11"/>
       <c r="F61" s="7"/>
       <c r="G61" s="7"/>
       <c r="H61" s="14"/>
       <c r="I61" s="14"/>
       <c r="J61" s="14"/>
       <c r="K61" s="8"/>
       <c r="L61" s="8"/>
       <c r="M61" s="8"/>
       <c r="N61" s="8"/>
       <c r="O61" s="8">
         <v>1832.92</v>
       </c>
       <c r="P61" s="8">
-        <v>954.19</v>
+        <v>0</v>
       </c>
       <c r="Q61" s="8">
-        <v>52.06</v>
+        <v>0</v>
       </c>
       <c r="R61" s="8"/>
       <c r="S61" s="8"/>
       <c r="T61" s="1"/>
       <c r="U61" s="1"/>
       <c r="V61" s="1"/>
       <c r="W61" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A61:N61"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>