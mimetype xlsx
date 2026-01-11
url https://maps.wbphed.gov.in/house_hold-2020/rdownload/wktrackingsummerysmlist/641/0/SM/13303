--- v0 (2025-12-14)
+++ v1 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -309,50 +309,68 @@
     <t>15/11/2025</t>
   </si>
   <si>
     <t>WEBEL TECHNOLOGY LIMITED</t>
   </si>
   <si>
     <t>Yard lighting arrangement at Head Work Site for Different PWSS (PASCHIM CHENGMARI and others) under JJM in the BLOCK: Kumargram, DISTRICT: ALIPURDUAR under NMD-II,PHE Dte.</t>
   </si>
   <si>
     <t>Junior Engineer 1, Cooch-Behar Mechanical Sub-Division,</t>
   </si>
   <si>
     <t>ORD/000138/2025-2026</t>
   </si>
   <si>
     <t>1347/NMD-II</t>
   </si>
   <si>
     <t>19/06/2025</t>
   </si>
   <si>
     <t>19/07/2025</t>
   </si>
   <si>
     <t>S.K ENTERPRISE</t>
+  </si>
+  <si>
+    <t>Supply, installation, commissioning and trial operation of electro-mechanical components along with copper wound line voltage corrector for TELIPARA water supply scheme, TW no I &amp; II under Northern Mechanical Division-II, PHE Dte.Alipurduar</t>
+  </si>
+  <si>
+    <t>ORD/000837/2023-2024</t>
+  </si>
+  <si>
+    <t>2421/NMD-II</t>
+  </si>
+  <si>
+    <t>10/08/2023</t>
+  </si>
+  <si>
+    <t>04/03/2025</t>
+  </si>
+  <si>
+    <t>QUAZI NOZRUL ISLAM</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -741,51 +759,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W16"/>
+  <dimension ref="A1:W17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705078" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="30.563965" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1650,87 +1668,150 @@
       </c>
       <c r="N15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>98</v>
       </c>
       <c r="P15" s="4">
         <v>26.74</v>
       </c>
       <c r="Q15" s="4">
         <v>0</v>
       </c>
       <c r="R15" s="4">
         <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
-      <c r="A16" s="7" t="s">
+      <c r="A16" s="3">
+        <v>14</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D16" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="E16" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H16" s="13" t="s">
         <v>99</v>
       </c>
-      <c r="B16" s="7"/>
-[...22 lines deleted...]
-      <c r="S16" s="8"/>
+      <c r="I16" s="13" t="s">
+        <v>71</v>
+      </c>
+      <c r="J16" s="13" t="s">
+        <v>93</v>
+      </c>
+      <c r="K16" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="L16" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="M16" s="4" t="s">
+        <v>102</v>
+      </c>
+      <c r="N16" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="O16" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="P16" s="4">
+        <v>21.7</v>
+      </c>
+      <c r="Q16" s="4">
+        <v>0</v>
+      </c>
+      <c r="R16" s="4">
+        <v>0</v>
+      </c>
+      <c r="S16" s="4">
+        <v>100</v>
+      </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
+    <row r="17" spans="1:23">
+      <c r="A17" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="B17" s="7"/>
+      <c r="C17" s="7"/>
+      <c r="D17" s="7"/>
+      <c r="E17" s="11"/>
+      <c r="F17" s="7"/>
+      <c r="G17" s="7"/>
+      <c r="H17" s="14"/>
+      <c r="I17" s="14"/>
+      <c r="J17" s="14"/>
+      <c r="K17" s="8"/>
+      <c r="L17" s="8"/>
+      <c r="M17" s="8"/>
+      <c r="N17" s="8"/>
+      <c r="O17" s="8">
+        <v>1246.77</v>
+      </c>
+      <c r="P17" s="8">
+        <v>167.75</v>
+      </c>
+      <c r="Q17" s="8">
+        <v>13.46</v>
+      </c>
+      <c r="R17" s="8"/>
+      <c r="S17" s="8"/>
+      <c r="T17" s="1"/>
+      <c r="U17" s="1"/>
+      <c r="V17" s="1"/>
+      <c r="W17" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A16:N16"/>
+    <mergeCell ref="A17:N17"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>