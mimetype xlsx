--- v1 (2026-01-11)
+++ v2 (2026-03-03)
@@ -1223,54 +1223,54 @@
       <c r="I8" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P8" s="4">
         <v>225.29</v>
       </c>
       <c r="Q8" s="4">
-        <v>167.75</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>74.46</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>85</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1751,54 +1751,54 @@
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="7" t="s">
         <v>105</v>
       </c>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="11"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="14"/>
       <c r="I17" s="14"/>
       <c r="J17" s="14"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8">
         <v>1246.77</v>
       </c>
       <c r="P17" s="8">
-        <v>167.75</v>
+        <v>0</v>
       </c>
       <c r="Q17" s="8">
-        <v>13.46</v>
+        <v>0</v>
       </c>
       <c r="R17" s="8"/>
       <c r="S17" s="8"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A17:N17"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>