--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -1204,54 +1204,54 @@
       <c r="I7" s="13" t="s">
         <v>36</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>51</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P7" s="4">
         <v>518.6</v>
       </c>
       <c r="Q7" s="4">
-        <v>103.94</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>20.04</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>30</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>34</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>23</v>
       </c>
@@ -2190,54 +2190,54 @@
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="7" t="s">
         <v>117</v>
       </c>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="11"/>
       <c r="F24" s="7"/>
       <c r="G24" s="7"/>
       <c r="H24" s="14"/>
       <c r="I24" s="14"/>
       <c r="J24" s="14"/>
       <c r="K24" s="8"/>
       <c r="L24" s="8"/>
       <c r="M24" s="8"/>
       <c r="N24" s="8"/>
       <c r="O24" s="8">
         <v>1495.3</v>
       </c>
       <c r="P24" s="8">
-        <v>103.94</v>
+        <v>0</v>
       </c>
       <c r="Q24" s="8">
-        <v>6.95</v>
+        <v>0</v>
       </c>
       <c r="R24" s="8"/>
       <c r="S24" s="8"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A24:N24"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>