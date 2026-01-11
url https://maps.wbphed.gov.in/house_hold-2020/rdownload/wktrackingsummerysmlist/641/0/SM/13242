--- v0 (2025-12-14)
+++ v1 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -321,50 +321,68 @@
     <t>1347/NMD-II</t>
   </si>
   <si>
     <t>19/06/2025</t>
   </si>
   <si>
     <t>19/07/2025</t>
   </si>
   <si>
     <t>S.K ENTERPRISE</t>
   </si>
   <si>
     <t>Laying of new UPVC p/l, bridge and culvert crossing, construction of pathway, surface drain and chatal, instalation of paver block, land development along with the other allied works, chhoto Daldali PWSS under Alipurduar Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000208/2025-2026</t>
   </si>
   <si>
     <t>2350/ALD</t>
   </si>
   <si>
     <t>10/11/2025</t>
   </si>
   <si>
     <t>08/02/2026</t>
+  </si>
+  <si>
+    <t>Supply, installation, commissioning and trial operation of electro-mechanical components along with copper wound line voltage corrector for CHOTO DALDALI water supply scheme, TW no I and II under Northern Mechanical Division-II, PHE Dte.Alipurduar.</t>
+  </si>
+  <si>
+    <t>ORD/000843/2023-2024</t>
+  </si>
+  <si>
+    <t>2424/NMD-II</t>
+  </si>
+  <si>
+    <t>10/08/2023</t>
+  </si>
+  <si>
+    <t>08/05/2025</t>
+  </si>
+  <si>
+    <t>M/S SAJAHAN CHOWDHURY</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -753,51 +771,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W18"/>
+  <dimension ref="A1:W19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705078" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421387" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -1780,87 +1798,150 @@
       </c>
       <c r="N17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P17" s="4">
         <v>86.28</v>
       </c>
       <c r="Q17" s="4">
         <v>0</v>
       </c>
       <c r="R17" s="4">
         <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
-      <c r="A18" s="7" t="s">
+      <c r="A18" s="3">
+        <v>16</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D18" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="E18" s="10" t="s">
+        <v>23</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H18" s="13" t="s">
         <v>103</v>
       </c>
-      <c r="B18" s="7"/>
-[...22 lines deleted...]
-      <c r="S18" s="8"/>
+      <c r="I18" s="13" t="s">
+        <v>70</v>
+      </c>
+      <c r="J18" s="13" t="s">
+        <v>92</v>
+      </c>
+      <c r="K18" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="L18" s="4" t="s">
+        <v>105</v>
+      </c>
+      <c r="M18" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="N18" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="O18" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="P18" s="4">
+        <v>21.72</v>
+      </c>
+      <c r="Q18" s="4">
+        <v>0</v>
+      </c>
+      <c r="R18" s="4">
+        <v>0</v>
+      </c>
+      <c r="S18" s="4">
+        <v>100</v>
+      </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
+    <row r="19" spans="1:23">
+      <c r="A19" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="B19" s="7"/>
+      <c r="C19" s="7"/>
+      <c r="D19" s="7"/>
+      <c r="E19" s="11"/>
+      <c r="F19" s="7"/>
+      <c r="G19" s="7"/>
+      <c r="H19" s="14"/>
+      <c r="I19" s="14"/>
+      <c r="J19" s="14"/>
+      <c r="K19" s="8"/>
+      <c r="L19" s="8"/>
+      <c r="M19" s="8"/>
+      <c r="N19" s="8"/>
+      <c r="O19" s="8">
+        <v>1304.41</v>
+      </c>
+      <c r="P19" s="8">
+        <v>126.18</v>
+      </c>
+      <c r="Q19" s="8">
+        <v>9.67</v>
+      </c>
+      <c r="R19" s="8"/>
+      <c r="S19" s="8"/>
+      <c r="T19" s="1"/>
+      <c r="U19" s="1"/>
+      <c r="V19" s="1"/>
+      <c r="W19" s="1"/>
+    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A18:N18"/>
+    <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>