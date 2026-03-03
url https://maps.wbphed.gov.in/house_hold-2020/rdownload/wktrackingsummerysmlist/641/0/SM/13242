--- v1 (2026-01-11)
+++ v2 (2026-03-03)
@@ -1471,54 +1471,54 @@
       <c r="I12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>65</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>66</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>67</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>68</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P12" s="4">
         <v>278.2</v>
       </c>
       <c r="Q12" s="4">
-        <v>126.18</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>45.36</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>65</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>39</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1881,54 +1881,54 @@
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="7" t="s">
         <v>109</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="11"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8">
         <v>1304.41</v>
       </c>
       <c r="P19" s="8">
-        <v>126.18</v>
+        <v>0</v>
       </c>
       <c r="Q19" s="8">
-        <v>9.67</v>
+        <v>0</v>
       </c>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>