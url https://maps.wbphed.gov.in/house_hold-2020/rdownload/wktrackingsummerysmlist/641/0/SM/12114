--- v0 (2025-12-14)
+++ v1 (2026-01-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -399,68 +399,50 @@
     <t>21/06/2024</t>
   </si>
   <si>
     <t>Supply, installation, commissioning and trial operation of electro-mechanical components along with copper wound line voltage corrector for Raydak TG water supply scheme, TW no I,II and III of under Northern Mechanical Division-II, PHE Dte.APD</t>
   </si>
   <si>
     <t>Assistant Engineer,Alipurduar Mechanical Sub-Division,P</t>
   </si>
   <si>
     <t>Junior Engineer 1, Cooch-Behar Mechanical Sub-Division,</t>
   </si>
   <si>
     <t>ORD/000039/2023-2024</t>
   </si>
   <si>
     <t>998/NMD-II</t>
   </si>
   <si>
     <t>16/05/2023</t>
   </si>
   <si>
     <t>15/06/2023</t>
   </si>
   <si>
     <t>DEY ENTERPRISE (BALLY)</t>
-  </si>
-[...16 lines deleted...]
-    <t>HARI CONSTRUCTION</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -849,51 +831,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W24"/>
+  <dimension ref="A1:W23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="J2" sqref="J2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8.140869" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711426" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="37.705078" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="50" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="18.709717" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="50" customWidth="true" style="0"/>
     <col min="9" max="9" width="50" customWidth="true" style="0"/>
     <col min="10" max="10" width="50" customWidth="true" style="0"/>
     <col min="11" max="11" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13.996582" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="58.842773" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="9.283447" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.711426" bestFit="true" customWidth="true" style="0"/>
@@ -2197,150 +2179,87 @@
       </c>
       <c r="N22" s="4" t="s">
         <v>127</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>128</v>
       </c>
       <c r="P22" s="4">
         <v>28.63</v>
       </c>
       <c r="Q22" s="4">
         <v>26.19</v>
       </c>
       <c r="R22" s="4">
         <v>91.49</v>
       </c>
       <c r="S22" s="4">
         <v>95</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
-      <c r="A23" s="3">
-[...20 lines deleted...]
-      <c r="H23" s="13" t="s">
+      <c r="A23" s="7" t="s">
         <v>129</v>
       </c>
-      <c r="I23" s="13" t="s">
-[...31 lines deleted...]
-      </c>
+      <c r="B23" s="7"/>
+      <c r="C23" s="7"/>
+      <c r="D23" s="7"/>
+      <c r="E23" s="11"/>
+      <c r="F23" s="7"/>
+      <c r="G23" s="7"/>
+      <c r="H23" s="14"/>
+      <c r="I23" s="14"/>
+      <c r="J23" s="14"/>
+      <c r="K23" s="8"/>
+      <c r="L23" s="8"/>
+      <c r="M23" s="8"/>
+      <c r="N23" s="8"/>
+      <c r="O23" s="8">
+        <v>534.19</v>
+      </c>
+      <c r="P23" s="8">
+        <v>280.13</v>
+      </c>
+      <c r="Q23" s="8">
+        <v>52.44</v>
+      </c>
+      <c r="R23" s="8"/>
+      <c r="S23" s="8"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
-    <row r="24" spans="1:23">
-[...31 lines deleted...]
-    </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
-    <mergeCell ref="A24:N24"/>
+    <mergeCell ref="A23:N23"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>