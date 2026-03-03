--- v1 (2026-01-11)
+++ v2 (2026-03-03)
@@ -1059,54 +1059,54 @@
       <c r="I4" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>0.65</v>
       </c>
       <c r="Q4" s="4">
-        <v>0.65</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>23</v>
       </c>
@@ -1547,54 +1547,54 @@
       <c r="I12" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>76</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>77</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="P12" s="4">
         <v>15.63</v>
       </c>
       <c r="Q12" s="4">
-        <v>3.73</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>23.88</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>61</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1610,54 +1610,54 @@
       <c r="I13" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>76</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>81</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>83</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>84</v>
       </c>
       <c r="P13" s="4">
         <v>13.78</v>
       </c>
       <c r="Q13" s="4">
-        <v>6.35</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>46.07</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>61</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>23</v>
       </c>
@@ -1673,54 +1673,54 @@
       <c r="I14" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>88</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P14" s="4">
         <v>95.24</v>
       </c>
       <c r="Q14" s="4">
-        <v>60.93</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>63.98</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>65</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>23</v>
       </c>
@@ -1736,54 +1736,54 @@
       <c r="I15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="P15" s="4">
         <v>233.78</v>
       </c>
       <c r="Q15" s="4">
-        <v>161.96</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>69.28</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>54</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
@@ -1799,54 +1799,54 @@
       <c r="I16" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>99</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>100</v>
       </c>
       <c r="P16" s="4">
         <v>17.71</v>
       </c>
       <c r="Q16" s="4">
-        <v>5.08</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>28.69</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>3</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D17" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>23</v>
       </c>
@@ -1862,54 +1862,54 @@
       <c r="I17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>104</v>
       </c>
       <c r="P17" s="4">
         <v>10</v>
       </c>
       <c r="Q17" s="4">
-        <v>8.51</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>85.14</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>80</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
@@ -1925,54 +1925,54 @@
       <c r="I18" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>108</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>109</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>89</v>
       </c>
       <c r="P18" s="4">
         <v>6.76</v>
       </c>
       <c r="Q18" s="4">
-        <v>6.74</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>99.67</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>95</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D19" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>23</v>
       </c>
@@ -2165,88 +2165,88 @@
       <c r="I22" s="13" t="s">
         <v>122</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>123</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>124</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>125</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>126</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>127</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>128</v>
       </c>
       <c r="P22" s="4">
         <v>28.63</v>
       </c>
       <c r="Q22" s="4">
-        <v>26.19</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>91.49</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>95</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="7" t="s">
         <v>129</v>
       </c>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
       <c r="E23" s="11"/>
       <c r="F23" s="7"/>
       <c r="G23" s="7"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
       <c r="J23" s="14"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
       <c r="M23" s="8"/>
       <c r="N23" s="8"/>
       <c r="O23" s="8">
         <v>534.19</v>
       </c>
       <c r="P23" s="8">
-        <v>280.13</v>
+        <v>0</v>
       </c>
       <c r="Q23" s="8">
-        <v>52.44</v>
+        <v>0</v>
       </c>
       <c r="R23" s="8"/>
       <c r="S23" s="8"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A23:N23"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>