--- v0 (2025-12-14)
+++ v1 (2026-01-11)
@@ -410,270 +410,270 @@
   <si>
     <t>Providing Functional Tap Connection (FHTC) in connection with Jaldhara/JalSwapna (Schools, AWC and others) for Dakshin Sonapur PWSS under Alipurduar Division, PHE Dte. Part-1</t>
   </si>
   <si>
     <t>ORD/000261/2022-2023</t>
   </si>
   <si>
     <t>1493/ALD</t>
   </si>
   <si>
     <t>07/04/2025</t>
   </si>
   <si>
     <t>Providing Functional Tap Connection (FHTC) in connection with Jaldhara/JalSwapna (Schools, AWC and others) for Dakshin Sonapur PWSS under Alipurduar Division, PHE Dte. Part-2</t>
   </si>
   <si>
     <t>ORD/000262/2022-2023</t>
   </si>
   <si>
     <t>1494/ALD</t>
   </si>
   <si>
     <t>KAJAL KUMAR DE</t>
   </si>
   <si>
+    <t>Boring of Tube Well, Construction of Pump House, Boundary Wall, Laying Of Rising Main, Distribution System for Augmentation of Dakshin Sonapur PWSS under Alipurduar Division, PHE Dte. (2nd call)</t>
+  </si>
+  <si>
+    <t>ORD/000480/2022-2023</t>
+  </si>
+  <si>
+    <t>3197/ALD</t>
+  </si>
+  <si>
+    <t>27/02/2023</t>
+  </si>
+  <si>
+    <t>15/08/2025</t>
+  </si>
+  <si>
+    <t>ALIPURDUAR CO-OPERATIVE LABOUR CONTRUCT &amp; CONSTRUCTION SOCIETY LTD.</t>
+  </si>
+  <si>
+    <t>Continuation for the work of Hiring of Additional Diesel Vehicle Maxi Cab(At least 7 seater ) for inspection and monitoring of Jal Jeevan Mission (JJM) works under Alipurduar Division, P.H.E. Dte.(from 01/02/2023 to 30/04/2023)</t>
+  </si>
+  <si>
+    <t>Alipurduar Sadar Sub Division,HQ-A.E</t>
+  </si>
+  <si>
+    <t>ORD/000567/2022-2023</t>
+  </si>
+  <si>
+    <t>2953/ALD</t>
+  </si>
+  <si>
+    <t>24/01/2023</t>
+  </si>
+  <si>
+    <t>24/04/2023</t>
+  </si>
+  <si>
+    <t>NIRANJAN KIRTANIA</t>
+  </si>
+  <si>
+    <t>Continuation of Hiring of Diesel Vehicle Maxi Cab(At least 7 seater ) for Assistant Engineer, Birpara Sub-Division, P.H.E. Dte.(from 01.01.2024 to 29.02.2024)</t>
+  </si>
+  <si>
+    <t>Birpara A.E</t>
+  </si>
+  <si>
+    <t>ORD/000546/2023-2024</t>
+  </si>
+  <si>
+    <t>2907/ALD</t>
+  </si>
+  <si>
+    <t>29/12/2023</t>
+  </si>
+  <si>
+    <t>29/02/2024</t>
+  </si>
+  <si>
+    <t>PARITOSH SUTRADHAR</t>
+  </si>
+  <si>
+    <t>Laying of distribution line with HDPE, UPVC &amp; CI/DI Pipes at Kumarpara &amp; adjoining areas and others allied works for Augmentation of Dakshin Sonapur PWSS within Alipurduar-I Block under Alipurduar Division, PHE DTE.</t>
+  </si>
+  <si>
+    <t>ORD/000055/2025-2026</t>
+  </si>
+  <si>
+    <t>706/ALD</t>
+  </si>
+  <si>
+    <t>22/05/2025</t>
+  </si>
+  <si>
+    <t>05/08/2025</t>
+  </si>
+  <si>
+    <t>S.D. PROJECT</t>
+  </si>
+  <si>
+    <t>CONSTRUCTION OF PUMP HOUSE &amp; BOUNDARY WALL FOR ADDITIONAL TUBEWELL FOR PROVIDING FHTC AND LAND DEVELOPMENT AT HW SITE &amp; 2ND SITE FOR AUGMENTATION OF DAKSHIN SONAPUR PWSS.</t>
+  </si>
+  <si>
+    <t>ORD/000026/2025-2026</t>
+  </si>
+  <si>
+    <t>435/ALD</t>
+  </si>
+  <si>
+    <t>30/04/2025</t>
+  </si>
+  <si>
+    <t>29/06/2025</t>
+  </si>
+  <si>
+    <t>TAPASH DAS</t>
+  </si>
+  <si>
+    <t>Supplying and Laying of Water supply line (using HDD/micro tunneling machine) for supply of drinking water in different areas of Alipurduar district under Alipurduar Division PHE Dte.</t>
+  </si>
+  <si>
+    <t>Birpara A.E,HQ-A.E</t>
+  </si>
+  <si>
+    <t>RWS Falakata Block,RWS Kumargram Block</t>
+  </si>
+  <si>
+    <t>ORD/000464/2024-2025</t>
+  </si>
+  <si>
+    <t>5287/ALD</t>
+  </si>
+  <si>
+    <t>07/03/2025</t>
+  </si>
+  <si>
+    <t>02/11/2025</t>
+  </si>
+  <si>
+    <t>APEX ENGINEERING</t>
+  </si>
+  <si>
+    <t>Reparing of Pump House at 3nd site of DAKSHIN SONAPUR PWSS Under Alipurduar Division PHE DTE.</t>
+  </si>
+  <si>
+    <t>ORD/000574/2024-2025</t>
+  </si>
+  <si>
+    <t>5388/ALD</t>
+  </si>
+  <si>
+    <t>17/03/2025</t>
+  </si>
+  <si>
+    <t>16/05/2025</t>
+  </si>
+  <si>
+    <t>CHANDAN DAS</t>
+  </si>
+  <si>
+    <t>Providing Functional Tap Connection (FHTC) in connection with Jaldhara/JalSwapna for Alipurduar-I Block under Alipurduar Division, PHE Dte. (Pin point site of the FHTC will be given at the time of issue of work order)</t>
+  </si>
+  <si>
+    <t>HQ-A.E</t>
+  </si>
+  <si>
+    <t>RWS Kalchini Block</t>
+  </si>
+  <si>
+    <t>ORD/000082/2025-2026</t>
+  </si>
+  <si>
+    <t>1050/ALD</t>
+  </si>
+  <si>
+    <t>17/06/2025</t>
+  </si>
+  <si>
+    <t>16/08/2025</t>
+  </si>
+  <si>
+    <t>MOTI INDUSTRIES</t>
+  </si>
+  <si>
+    <t>Supply, delivery, installation, commissioning and Trial run of electro mechanical component along with Cu wound line voltage corrector for Augmentation of Dakshin Sonapur Water Supply Scheme TW No.-III (Additional) under NMD-II,PHE.Dte,Alipurduar.</t>
+  </si>
+  <si>
+    <t>ORD/000057/2025-2026</t>
+  </si>
+  <si>
+    <t>785/ALD</t>
+  </si>
+  <si>
+    <t>DILIP MAHATO (OPC) PRIVATE LIMITED</t>
+  </si>
+  <si>
+    <t>Repairing of pump house at 2nd site of Dakshin Sonapur PWSS under Alipurduar Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000205/2025-2026</t>
+  </si>
+  <si>
+    <t>2352/ALD</t>
+  </si>
+  <si>
+    <t>10/11/2025</t>
+  </si>
+  <si>
+    <t>09/01/2026</t>
+  </si>
+  <si>
+    <t>DIPAK DAS</t>
+  </si>
+  <si>
+    <t>Repairing of pump house at headwork site of Dakshin Sonapur PWSS under Alipurduar Division, PHE Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000206/2025-2026</t>
+  </si>
+  <si>
+    <t>2353/ALD</t>
+  </si>
+  <si>
     <t>Road crossing and laying of different dia pipeline for Dakshin Sonapur WSS under Alipurduar-I Block under Alipurduar Division, P.H.E. Dte.</t>
   </si>
   <si>
     <t>Birpara Sub Division,RWS Madarihat - Birpara Block</t>
   </si>
   <si>
     <t>ORD/000397/2022-2023</t>
   </si>
   <si>
     <t>2664/ALD/</t>
   </si>
   <si>
     <t>22/12/2022</t>
   </si>
   <si>
     <t>23/08/2024</t>
   </si>
   <si>
     <t>M/S AMIT KUMAR GUPTA</t>
-  </si>
-[...199 lines deleted...]
-    <t>2353/ALD</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -2347,139 +2347,139 @@
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G22" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H22" s="13" t="s">
         <v>132</v>
       </c>
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="K22" s="4" t="s">
         <v>133</v>
       </c>
-      <c r="K22" s="4" t="s">
+      <c r="L22" s="4" t="s">
         <v>134</v>
       </c>
-      <c r="L22" s="4" t="s">
+      <c r="M22" s="4" t="s">
         <v>135</v>
       </c>
-      <c r="M22" s="4" t="s">
+      <c r="N22" s="4" t="s">
         <v>136</v>
       </c>
-      <c r="N22" s="4" t="s">
+      <c r="O22" s="4" t="s">
         <v>137</v>
       </c>
-      <c r="O22" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P22" s="4">
-        <v>31.75</v>
+        <v>171.88</v>
       </c>
       <c r="Q22" s="4">
-        <v>28.1</v>
+        <v>83.31</v>
       </c>
       <c r="R22" s="4">
-        <v>88.5</v>
+        <v>48.47</v>
       </c>
       <c r="S22" s="4">
-        <v>88</v>
+        <v>35</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G23" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H23" s="13" t="s">
+        <v>138</v>
+      </c>
+      <c r="I23" s="13" t="s">
         <v>139</v>
       </c>
-      <c r="I23" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J23" s="13" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>140</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>141</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>142</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>143</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>144</v>
       </c>
       <c r="P23" s="4">
-        <v>171.88</v>
+        <v>0.5</v>
       </c>
       <c r="Q23" s="4">
-        <v>83.31</v>
+        <v>0.5</v>
       </c>
       <c r="R23" s="4">
-        <v>48.47</v>
+        <v>100</v>
       </c>
       <c r="S23" s="4">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G24" s="3" t="s">
         <v>24</v>
@@ -2487,609 +2487,609 @@
       <c r="H24" s="13" t="s">
         <v>145</v>
       </c>
       <c r="I24" s="13" t="s">
         <v>146</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>147</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>148</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>149</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>150</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>151</v>
       </c>
       <c r="P24" s="4">
-        <v>0.5</v>
+        <v>0.8</v>
       </c>
       <c r="Q24" s="4">
-        <v>0.5</v>
+        <v>0.77</v>
       </c>
       <c r="R24" s="4">
-        <v>100</v>
+        <v>96.77</v>
       </c>
       <c r="S24" s="4">
         <v>0</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G25" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H25" s="13" t="s">
         <v>152</v>
       </c>
       <c r="I25" s="13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J25" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="K25" s="4" t="s">
         <v>153</v>
       </c>
-      <c r="J25" s="13" t="s">
-[...2 lines deleted...]
-      <c r="K25" s="4" t="s">
+      <c r="L25" s="4" t="s">
         <v>154</v>
       </c>
-      <c r="L25" s="4" t="s">
+      <c r="M25" s="4" t="s">
         <v>155</v>
       </c>
-      <c r="M25" s="4" t="s">
+      <c r="N25" s="4" t="s">
         <v>156</v>
       </c>
-      <c r="N25" s="4" t="s">
+      <c r="O25" s="4" t="s">
         <v>157</v>
       </c>
-      <c r="O25" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P25" s="4">
-        <v>0.8</v>
+        <v>150.21</v>
       </c>
       <c r="Q25" s="4">
-        <v>0.77</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>96.77</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>0</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G26" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H26" s="13" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="I26" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K26" s="4" t="s">
+        <v>159</v>
+      </c>
+      <c r="L26" s="4" t="s">
         <v>160</v>
       </c>
-      <c r="L26" s="4" t="s">
+      <c r="M26" s="4" t="s">
         <v>161</v>
       </c>
-      <c r="M26" s="4" t="s">
+      <c r="N26" s="4" t="s">
         <v>162</v>
       </c>
-      <c r="N26" s="4" t="s">
+      <c r="O26" s="4" t="s">
         <v>163</v>
       </c>
-      <c r="O26" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P26" s="4">
-        <v>150.21</v>
+        <v>16.07</v>
       </c>
       <c r="Q26" s="4">
         <v>0</v>
       </c>
       <c r="R26" s="4">
         <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>0</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G27" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H27" s="13" t="s">
+        <v>164</v>
+      </c>
+      <c r="I27" s="13" t="s">
         <v>165</v>
       </c>
-      <c r="I27" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J27" s="13" t="s">
-        <v>41</v>
+        <v>166</v>
       </c>
       <c r="K27" s="4" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="L27" s="4" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="M27" s="4" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="N27" s="4" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="O27" s="4" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="P27" s="4">
-        <v>16.07</v>
+        <v>74.36</v>
       </c>
       <c r="Q27" s="4">
         <v>0</v>
       </c>
       <c r="R27" s="4">
         <v>0</v>
       </c>
       <c r="S27" s="4">
-        <v>0</v>
+        <v>65</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G28" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H28" s="13" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="I28" s="13" t="s">
-        <v>172</v>
+        <v>26</v>
       </c>
       <c r="J28" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="K28" s="4" t="s">
         <v>173</v>
       </c>
-      <c r="K28" s="4" t="s">
+      <c r="L28" s="4" t="s">
         <v>174</v>
       </c>
-      <c r="L28" s="4" t="s">
+      <c r="M28" s="4" t="s">
         <v>175</v>
       </c>
-      <c r="M28" s="4" t="s">
+      <c r="N28" s="4" t="s">
         <v>176</v>
       </c>
-      <c r="N28" s="4" t="s">
+      <c r="O28" s="4" t="s">
         <v>177</v>
       </c>
-      <c r="O28" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P28" s="4">
-        <v>74.36</v>
+        <v>0.84</v>
       </c>
       <c r="Q28" s="4">
         <v>0</v>
       </c>
       <c r="R28" s="4">
         <v>0</v>
       </c>
       <c r="S28" s="4">
-        <v>65</v>
+        <v>0</v>
       </c>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F29" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G29" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H29" s="13" t="s">
+        <v>178</v>
+      </c>
+      <c r="I29" s="13" t="s">
         <v>179</v>
       </c>
-      <c r="I29" s="13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J29" s="13" t="s">
-        <v>41</v>
+        <v>180</v>
       </c>
       <c r="K29" s="4" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="L29" s="4" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="M29" s="4" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="N29" s="4" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="O29" s="4" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="P29" s="4">
-        <v>0.84</v>
+        <v>18.14</v>
       </c>
       <c r="Q29" s="4">
         <v>0</v>
       </c>
       <c r="R29" s="4">
         <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>0</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G30" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H30" s="13" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I30" s="13" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="J30" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="K30" s="4" t="s">
         <v>187</v>
       </c>
-      <c r="K30" s="4" t="s">
+      <c r="L30" s="4" t="s">
         <v>188</v>
       </c>
-      <c r="L30" s="4" t="s">
+      <c r="M30" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="N30" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="O30" s="4" t="s">
         <v>189</v>
       </c>
-      <c r="M30" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P30" s="4">
-        <v>18.14</v>
+        <v>11.09</v>
       </c>
       <c r="Q30" s="4">
         <v>0</v>
       </c>
       <c r="R30" s="4">
         <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>0</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G31" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H31" s="13" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="I31" s="13" t="s">
-        <v>186</v>
+        <v>26</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K31" s="4" t="s">
+        <v>191</v>
+      </c>
+      <c r="L31" s="4" t="s">
+        <v>192</v>
+      </c>
+      <c r="M31" s="4" t="s">
+        <v>193</v>
+      </c>
+      <c r="N31" s="4" t="s">
         <v>194</v>
       </c>
-      <c r="L31" s="4" t="s">
+      <c r="O31" s="4" t="s">
         <v>195</v>
       </c>
-      <c r="M31" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P31" s="4">
-        <v>11.09</v>
+        <v>2.29</v>
       </c>
       <c r="Q31" s="4">
         <v>0</v>
       </c>
       <c r="R31" s="4">
         <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>0</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G32" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H32" s="13" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="I32" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K32" s="4" t="s">
+        <v>197</v>
+      </c>
+      <c r="L32" s="4" t="s">
         <v>198</v>
       </c>
-      <c r="L32" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M32" s="4" t="s">
-        <v>200</v>
+        <v>193</v>
       </c>
       <c r="N32" s="4" t="s">
-        <v>201</v>
+        <v>194</v>
       </c>
       <c r="O32" s="4" t="s">
-        <v>202</v>
+        <v>195</v>
       </c>
       <c r="P32" s="4">
-        <v>2.29</v>
+        <v>2.62</v>
       </c>
       <c r="Q32" s="4">
         <v>0</v>
       </c>
       <c r="R32" s="4">
         <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>0</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G33" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H33" s="13" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="I33" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J33" s="13" t="s">
-        <v>41</v>
+        <v>200</v>
       </c>
       <c r="K33" s="4" t="s">
+        <v>201</v>
+      </c>
+      <c r="L33" s="4" t="s">
+        <v>202</v>
+      </c>
+      <c r="M33" s="4" t="s">
+        <v>203</v>
+      </c>
+      <c r="N33" s="4" t="s">
         <v>204</v>
       </c>
-      <c r="L33" s="4" t="s">
+      <c r="O33" s="4" t="s">
         <v>205</v>
       </c>
-      <c r="M33" s="4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P33" s="4">
-        <v>2.62</v>
+        <v>31.75</v>
       </c>
       <c r="Q33" s="4">
-        <v>0</v>
+        <v>28.1</v>
       </c>
       <c r="R33" s="4">
-        <v>0</v>
+        <v>88.5</v>
       </c>
       <c r="S33" s="4">
-        <v>0</v>
+        <v>88</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="7" t="s">
         <v>206</v>
       </c>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="11"/>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
       <c r="H34" s="14"/>
       <c r="I34" s="14"/>
       <c r="J34" s="14"/>
       <c r="K34" s="8"/>
       <c r="L34" s="8"/>
       <c r="M34" s="8"/>
       <c r="N34" s="8"/>
       <c r="O34" s="8">
         <v>1275.03</v>