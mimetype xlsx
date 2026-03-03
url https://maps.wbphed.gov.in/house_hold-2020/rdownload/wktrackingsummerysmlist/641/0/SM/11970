--- v1 (2026-01-11)
+++ v2 (2026-03-03)
@@ -554,51 +554,51 @@
   <si>
     <t>Reparing of Pump House at 3nd site of DAKSHIN SONAPUR PWSS Under Alipurduar Division PHE DTE.</t>
   </si>
   <si>
     <t>ORD/000574/2024-2025</t>
   </si>
   <si>
     <t>5388/ALD</t>
   </si>
   <si>
     <t>17/03/2025</t>
   </si>
   <si>
     <t>16/05/2025</t>
   </si>
   <si>
     <t>CHANDAN DAS</t>
   </si>
   <si>
     <t>Providing Functional Tap Connection (FHTC) in connection with Jaldhara/JalSwapna for Alipurduar-I Block under Alipurduar Division, PHE Dte. (Pin point site of the FHTC will be given at the time of issue of work order)</t>
   </si>
   <si>
     <t>HQ-A.E</t>
   </si>
   <si>
-    <t>RWS Kalchini Block</t>
+    <t>JUNIOR ENGINEER,RWS Kalchini Block</t>
   </si>
   <si>
     <t>ORD/000082/2025-2026</t>
   </si>
   <si>
     <t>1050/ALD</t>
   </si>
   <si>
     <t>17/06/2025</t>
   </si>
   <si>
     <t>16/08/2025</t>
   </si>
   <si>
     <t>MOTI INDUSTRIES</t>
   </si>
   <si>
     <t>Supply, delivery, installation, commissioning and Trial run of electro mechanical component along with Cu wound line voltage corrector for Augmentation of Dakshin Sonapur Water Supply Scheme TW No.-III (Additional) under NMD-II,PHE.Dte,Alipurduar.</t>
   </si>
   <si>
     <t>ORD/000057/2025-2026</t>
   </si>
   <si>
     <t>785/ALD</t>
   </si>
@@ -1225,54 +1225,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>44.48</v>
       </c>
       <c r="Q3" s="4">
-        <v>43.57</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>97.97</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>17</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1286,54 +1286,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>38.07</v>
       </c>
       <c r="Q4" s="4">
-        <v>34.93</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>91.75</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>91</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1347,54 +1347,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P5" s="4">
         <v>45.29</v>
       </c>
       <c r="Q5" s="4">
-        <v>24.47</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>54.03</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>18</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1408,54 +1408,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>44</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P6" s="4">
         <v>50.15</v>
       </c>
       <c r="Q6" s="4">
-        <v>47.18</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>94.06</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>18</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1469,54 +1469,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P7" s="4">
         <v>0.95</v>
       </c>
       <c r="Q7" s="4">
-        <v>0.95</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>0</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1530,54 +1530,54 @@
       <c r="I8" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>58</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P8" s="4">
         <v>31.16</v>
       </c>
       <c r="Q8" s="4">
-        <v>6.37</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>20.43</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>15</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1827,54 +1827,54 @@
       <c r="I13" s="13" t="s">
         <v>85</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>86</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>87</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>88</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>89</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>90</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>91</v>
       </c>
       <c r="P13" s="4">
         <v>21.93</v>
       </c>
       <c r="Q13" s="4">
-        <v>14.28</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>65.12</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>50</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1888,54 +1888,54 @@
       <c r="I14" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>93</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>94</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>95</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>96</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>97</v>
       </c>
       <c r="P14" s="4">
         <v>46.56</v>
       </c>
       <c r="Q14" s="4">
-        <v>46.03</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>98.86</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>80</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -2063,54 +2063,54 @@
       <c r="I17" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>109</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>110</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>111</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>112</v>
       </c>
       <c r="P17" s="4">
         <v>43.59</v>
       </c>
       <c r="Q17" s="4">
-        <v>40.35</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>92.57</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>60</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -2185,54 +2185,54 @@
       <c r="I19" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>120</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>121</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>122</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>116</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>123</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>118</v>
       </c>
       <c r="P19" s="4">
         <v>123.17</v>
       </c>
       <c r="Q19" s="4">
-        <v>52.09</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>42.29</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>5</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2368,54 +2368,54 @@
       <c r="I22" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>41</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>133</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>134</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>135</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>136</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>137</v>
       </c>
       <c r="P22" s="4">
         <v>171.88</v>
       </c>
       <c r="Q22" s="4">
-        <v>83.31</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>48.47</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>35</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2429,54 +2429,54 @@
       <c r="I23" s="13" t="s">
         <v>139</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>140</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>141</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>142</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>143</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>144</v>
       </c>
       <c r="P23" s="4">
         <v>0.5</v>
       </c>
       <c r="Q23" s="4">
-        <v>0.5</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>0</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2490,54 +2490,54 @@
       <c r="I24" s="13" t="s">
         <v>146</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>147</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>148</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>149</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>150</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>151</v>
       </c>
       <c r="P24" s="4">
         <v>0.8</v>
       </c>
       <c r="Q24" s="4">
-        <v>0.77</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>96.77</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>0</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -3039,88 +3039,88 @@
       <c r="I33" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J33" s="13" t="s">
         <v>200</v>
       </c>
       <c r="K33" s="4" t="s">
         <v>201</v>
       </c>
       <c r="L33" s="4" t="s">
         <v>202</v>
       </c>
       <c r="M33" s="4" t="s">
         <v>203</v>
       </c>
       <c r="N33" s="4" t="s">
         <v>204</v>
       </c>
       <c r="O33" s="4" t="s">
         <v>205</v>
       </c>
       <c r="P33" s="4">
         <v>31.75</v>
       </c>
       <c r="Q33" s="4">
-        <v>28.1</v>
+        <v>0</v>
       </c>
       <c r="R33" s="4">
-        <v>88.5</v>
+        <v>0</v>
       </c>
       <c r="S33" s="4">
         <v>88</v>
       </c>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" s="7" t="s">
         <v>206</v>
       </c>
       <c r="B34" s="7"/>
       <c r="C34" s="7"/>
       <c r="D34" s="7"/>
       <c r="E34" s="11"/>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
       <c r="H34" s="14"/>
       <c r="I34" s="14"/>
       <c r="J34" s="14"/>
       <c r="K34" s="8"/>
       <c r="L34" s="8"/>
       <c r="M34" s="8"/>
       <c r="N34" s="8"/>
       <c r="O34" s="8">
         <v>1275.03</v>
       </c>
       <c r="P34" s="8">
-        <v>422.9</v>
+        <v>0</v>
       </c>
       <c r="Q34" s="8">
-        <v>33.17</v>
+        <v>0</v>
       </c>
       <c r="R34" s="8"/>
       <c r="S34" s="8"/>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A34:N34"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>