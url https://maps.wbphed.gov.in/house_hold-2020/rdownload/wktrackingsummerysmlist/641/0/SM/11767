--- v0 (2025-12-14)
+++ v1 (2026-01-11)
@@ -314,84 +314,84 @@
   <si>
     <t>24/02/2025</t>
   </si>
   <si>
     <t>SHYAMAL ROY</t>
   </si>
   <si>
     <t>Route surveying and revalidation of Household data with digitization of LDS for Lankapara (Zone-I, Zone-II &amp; Zone-III) PWSS under Madarihat-Birpara Block under Alipurduar Division, PHE Dte.</t>
   </si>
   <si>
     <t>ORD/000097/2025-2026</t>
   </si>
   <si>
     <t>1181/ALD</t>
   </si>
   <si>
     <t>26/06/2025</t>
   </si>
   <si>
     <t>26/07/2025</t>
   </si>
   <si>
     <t>GEOTECHNICAL ENGINEERS CONSORTIUM</t>
   </si>
   <si>
-    <t>Supply, delivery &amp; installation of 25 kVA Servo Motor operated copper wound line voltage corrector of Lankaparahat Water Supply Scheme in TW No.-I under NMD-II,PHE.Dte,Alipurduar.</t>
-[...32 lines deleted...]
-    <t>ALPHA ENTERPRISE</t>
+    <t>Bridge Crossing and Laying of DI/MS/HDPE Distribution pipe line for the LANKAPARA WSS under Alipurduar Division, PHE Dte. Dist-Alipurduar.</t>
+  </si>
+  <si>
+    <t>Alipurduar Sub Division,Birpara Sub Division</t>
+  </si>
+  <si>
+    <t>ORD/000270/2020-2021</t>
+  </si>
+  <si>
+    <t>1282/ALD</t>
+  </si>
+  <si>
+    <t>05/01/2021</t>
+  </si>
+  <si>
+    <t>01/01/2023</t>
+  </si>
+  <si>
+    <t>GHOSH &amp; SAHA CONSTRUCTION</t>
+  </si>
+  <si>
+    <t>Providing House connection at LANKAPARA TG (Part-A) PWSS under Alipuduar Division, P.H.E. Dte.</t>
+  </si>
+  <si>
+    <t>ORD/000364/2020-2021</t>
+  </si>
+  <si>
+    <t>1807/ALD</t>
+  </si>
+  <si>
+    <t>22/02/2021</t>
+  </si>
+  <si>
+    <t>31/08/2023</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1632,180 +1632,188 @@
         <v>6.65</v>
       </c>
       <c r="Q14" s="4">
         <v>0</v>
       </c>
       <c r="R14" s="4">
         <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
-        <v>21</v>
+        <v>57</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="13" t="s">
         <v>100</v>
       </c>
-      <c r="I15" s="13"/>
-      <c r="J15" s="13"/>
+      <c r="I15" s="13" t="s">
+        <v>59</v>
+      </c>
+      <c r="J15" s="13" t="s">
+        <v>101</v>
+      </c>
       <c r="K15" s="4" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="L15" s="4" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="M15" s="4" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="N15" s="4" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="O15" s="4" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="P15" s="4">
-        <v>2.66</v>
+        <v>23.75</v>
       </c>
       <c r="Q15" s="4">
-        <v>0</v>
+        <v>7.39</v>
       </c>
       <c r="R15" s="4">
-        <v>0</v>
+        <v>31.14</v>
       </c>
       <c r="S15" s="4">
-        <v>0</v>
+        <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
-        <v>21</v>
+        <v>57</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H16" s="13" t="s">
+        <v>107</v>
+      </c>
+      <c r="I16" s="13" t="s">
+        <v>59</v>
+      </c>
+      <c r="J16" s="13" t="s">
+        <v>101</v>
+      </c>
+      <c r="K16" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="L16" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="M16" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="N16" s="4" t="s">
+        <v>111</v>
+      </c>
+      <c r="O16" s="4" t="s">
         <v>106</v>
       </c>
-      <c r="I16" s="13"/>
-[...15 lines deleted...]
-      </c>
       <c r="P16" s="4">
-        <v>1.99</v>
+        <v>41.88</v>
       </c>
       <c r="Q16" s="4">
         <v>0</v>
       </c>
       <c r="R16" s="4">
         <v>0</v>
       </c>
       <c r="S16" s="4">
-        <v>0</v>
+        <v>50</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="7" t="s">
         <v>112</v>
       </c>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="11"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="14"/>
       <c r="I17" s="14"/>
       <c r="J17" s="14"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8">
-        <v>137.65</v>
+        <v>198.63</v>
       </c>
       <c r="P17" s="8">
-        <v>74.98</v>
+        <v>82.38</v>
       </c>
       <c r="Q17" s="8">
-        <v>54.47</v>
+        <v>41.47</v>
       </c>
       <c r="R17" s="8"/>
       <c r="S17" s="8"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A17:N17"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>