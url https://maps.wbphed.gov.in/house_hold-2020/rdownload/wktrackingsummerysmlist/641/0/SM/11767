--- v1 (2026-01-11)
+++ v2 (2026-03-03)
@@ -943,54 +943,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>3.17</v>
       </c>
       <c r="Q3" s="4">
-        <v>2.42</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>76.35</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>11</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1004,54 +1004,54 @@
       <c r="I4" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P4" s="4">
         <v>6.6</v>
       </c>
       <c r="Q4" s="4">
-        <v>6.6</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>0</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1065,54 +1065,54 @@
       <c r="I5" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="P5" s="4">
         <v>3.16</v>
       </c>
       <c r="Q5" s="4">
-        <v>3.16</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>12</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1126,54 +1126,54 @@
       <c r="I6" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>39</v>
       </c>
       <c r="P6" s="4">
         <v>10.46</v>
       </c>
       <c r="Q6" s="4">
-        <v>10.46</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>10</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1187,54 +1187,54 @@
       <c r="I7" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>52</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="P7" s="4">
         <v>3.16</v>
       </c>
       <c r="Q7" s="4">
-        <v>3.16</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>12</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>57</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1248,54 +1248,54 @@
       <c r="I8" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>61</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>62</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>63</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>64</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>65</v>
       </c>
       <c r="P8" s="4">
         <v>40.15</v>
       </c>
       <c r="Q8" s="4">
-        <v>32.23</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>80.26</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>51</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>57</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1370,54 +1370,54 @@
       <c r="I10" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>73</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>74</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>70</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>76</v>
       </c>
       <c r="P10" s="4">
         <v>6.78</v>
       </c>
       <c r="Q10" s="4">
-        <v>3.19</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>46.99</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>10</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>57</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1431,54 +1431,54 @@
       <c r="I11" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>78</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>82</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P11" s="4">
         <v>1.31</v>
       </c>
       <c r="Q11" s="4">
-        <v>1.17</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>89.28</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1549,54 +1549,54 @@
       <c r="I13" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J13" s="13" t="s">
         <v>60</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>90</v>
       </c>
       <c r="L13" s="4" t="s">
         <v>91</v>
       </c>
       <c r="M13" s="4" t="s">
         <v>82</v>
       </c>
       <c r="N13" s="4" t="s">
         <v>92</v>
       </c>
       <c r="O13" s="4" t="s">
         <v>93</v>
       </c>
       <c r="P13" s="4">
         <v>18.77</v>
       </c>
       <c r="Q13" s="4">
-        <v>12.6</v>
+        <v>0</v>
       </c>
       <c r="R13" s="4">
-        <v>67.12</v>
+        <v>0</v>
       </c>
       <c r="S13" s="4">
         <v>87</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>57</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
@@ -1671,54 +1671,54 @@
       <c r="I15" s="13" t="s">
         <v>59</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>101</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>102</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>103</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>104</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>105</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>106</v>
       </c>
       <c r="P15" s="4">
         <v>23.75</v>
       </c>
       <c r="Q15" s="4">
-        <v>7.39</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>31.14</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>100</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>57</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1766,54 +1766,54 @@
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="7" t="s">
         <v>112</v>
       </c>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="11"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="14"/>
       <c r="I17" s="14"/>
       <c r="J17" s="14"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8">
         <v>198.63</v>
       </c>
       <c r="P17" s="8">
-        <v>82.38</v>
+        <v>0</v>
       </c>
       <c r="Q17" s="8">
-        <v>41.47</v>
+        <v>0</v>
       </c>
       <c r="R17" s="8"/>
       <c r="S17" s="8"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A17:N17"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>