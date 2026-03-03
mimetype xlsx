--- v0 (2026-01-11)
+++ v1 (2026-03-03)
@@ -954,54 +954,54 @@
       <c r="I3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>33</v>
       </c>
       <c r="P3" s="4">
         <v>97.2</v>
       </c>
       <c r="Q3" s="4">
-        <v>91.59</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>94.23</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>94</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>23</v>
       </c>
@@ -1255,54 +1255,54 @@
         <v>54</v>
       </c>
       <c r="I8" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J8" s="13"/>
       <c r="K8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P8" s="4">
         <v>0.5</v>
       </c>
       <c r="Q8" s="4">
-        <v>0.5</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>100</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>23</v>
       </c>
@@ -1316,54 +1316,54 @@
         <v>61</v>
       </c>
       <c r="I9" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J9" s="13"/>
       <c r="K9" s="4" t="s">
         <v>62</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P9" s="4">
         <v>0.7</v>
       </c>
       <c r="Q9" s="4">
-        <v>0.47</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>67.38</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>100</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>23</v>
       </c>
@@ -1377,54 +1377,54 @@
         <v>66</v>
       </c>
       <c r="I10" s="13" t="s">
         <v>55</v>
       </c>
       <c r="J10" s="13"/>
       <c r="K10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>64</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>65</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P10" s="4">
         <v>0.5</v>
       </c>
       <c r="Q10" s="4">
-        <v>0.5</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>100</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>23</v>
       </c>
@@ -1440,54 +1440,54 @@
       <c r="I11" s="13" t="s">
         <v>70</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>71</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>76</v>
       </c>
       <c r="P11" s="4">
         <v>10.46</v>
       </c>
       <c r="Q11" s="4">
-        <v>10.39</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>99.38</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>90</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>45</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>23</v>
       </c>
@@ -1503,54 +1503,54 @@
       <c r="I12" s="13" t="s">
         <v>70</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>71</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>78</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="P12" s="4">
         <v>10.44</v>
       </c>
       <c r="Q12" s="4">
-        <v>10.32</v>
+        <v>0</v>
       </c>
       <c r="R12" s="4">
-        <v>98.82</v>
+        <v>0</v>
       </c>
       <c r="S12" s="4">
         <v>90</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>23</v>
       </c>
@@ -1684,54 +1684,54 @@
       <c r="I15" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>92</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>96</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>97</v>
       </c>
       <c r="P15" s="4">
         <v>96.78</v>
       </c>
       <c r="Q15" s="4">
-        <v>90.66</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>93.68</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>95</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>23</v>
       </c>
@@ -1810,54 +1810,54 @@
       <c r="I17" s="13" t="s">
         <v>27</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>92</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>106</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>107</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>108</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>109</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>97</v>
       </c>
       <c r="P17" s="4">
         <v>57.61</v>
       </c>
       <c r="Q17" s="4">
-        <v>41.99</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>72.89</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>75</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>22</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>23</v>
       </c>
@@ -1907,54 +1907,54 @@
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="7" t="s">
         <v>115</v>
       </c>
       <c r="B19" s="7"/>
       <c r="C19" s="7"/>
       <c r="D19" s="7"/>
       <c r="E19" s="11"/>
       <c r="F19" s="7"/>
       <c r="G19" s="7"/>
       <c r="H19" s="14"/>
       <c r="I19" s="14"/>
       <c r="J19" s="14"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
       <c r="M19" s="8"/>
       <c r="N19" s="8"/>
       <c r="O19" s="8">
         <v>439.81</v>
       </c>
       <c r="P19" s="8">
-        <v>246.43</v>
+        <v>0</v>
       </c>
       <c r="Q19" s="8">
-        <v>56.03</v>
+        <v>0</v>
       </c>
       <c r="R19" s="8"/>
       <c r="S19" s="8"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A19:N19"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>