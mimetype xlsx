--- v0 (2025-12-14)
+++ v1 (2026-01-11)
@@ -3456,51 +3456,51 @@
       <c r="K38" s="4" t="s">
         <v>190</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>191</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>123</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P38" s="4">
         <v>46.09</v>
       </c>
       <c r="Q38" s="4">
         <v>27.06</v>
       </c>
       <c r="R38" s="4">
         <v>58.71</v>
       </c>
       <c r="S38" s="4">
-        <v>60</v>
+        <v>98</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G39" s="3" t="s">
         <v>24</v>