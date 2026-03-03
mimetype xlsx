--- v1 (2026-01-11)
+++ v2 (2026-03-03)
@@ -1363,54 +1363,54 @@
       <c r="I3" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>31</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>32</v>
       </c>
       <c r="P3" s="4">
         <v>3.94</v>
       </c>
       <c r="Q3" s="4">
-        <v>3.94</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>0</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1424,54 +1424,54 @@
       <c r="I4" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>40</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P4" s="4">
         <v>45.9</v>
       </c>
       <c r="Q4" s="4">
-        <v>39.6</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>86.27</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>86</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1485,54 +1485,54 @@
       <c r="I5" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P5" s="4">
         <v>55.5</v>
       </c>
       <c r="Q5" s="4">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>45.05</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>55</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1546,54 +1546,54 @@
       <c r="I6" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>51</v>
       </c>
       <c r="P6" s="4">
         <v>99.69</v>
       </c>
       <c r="Q6" s="4">
-        <v>76.99</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>77.23</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>27</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1607,54 +1607,54 @@
       <c r="I7" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>53</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="P7" s="4">
         <v>99.06</v>
       </c>
       <c r="Q7" s="4">
-        <v>67.23</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>67.87</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>27</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1668,54 +1668,54 @@
       <c r="I8" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J8" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>57</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>58</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N8" s="4" t="s">
         <v>59</v>
       </c>
       <c r="O8" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P8" s="4">
         <v>24.2</v>
       </c>
       <c r="Q8" s="4">
-        <v>7.33</v>
+        <v>0</v>
       </c>
       <c r="R8" s="4">
-        <v>30.29</v>
+        <v>0</v>
       </c>
       <c r="S8" s="4">
         <v>26</v>
       </c>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
       <c r="V8" s="1"/>
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
@@ -1790,54 +1790,54 @@
       <c r="I10" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K10" s="4" t="s">
         <v>66</v>
       </c>
       <c r="L10" s="4" t="s">
         <v>67</v>
       </c>
       <c r="M10" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N10" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O10" s="4" t="s">
         <v>68</v>
       </c>
       <c r="P10" s="4">
         <v>98.45</v>
       </c>
       <c r="Q10" s="4">
-        <v>87.43</v>
+        <v>0</v>
       </c>
       <c r="R10" s="4">
-        <v>88.8</v>
+        <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>27</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="3">
         <v>9</v>
       </c>
       <c r="B11" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="3"/>
       <c r="D11" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F11" s="3" t="s">
         <v>23</v>
@@ -1851,54 +1851,54 @@
       <c r="I11" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>70</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="P11" s="4">
         <v>99.18</v>
       </c>
       <c r="Q11" s="4">
-        <v>75.08</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>75.7</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>76</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -2032,54 +2032,54 @@
       <c r="I14" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J14" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K14" s="4" t="s">
         <v>86</v>
       </c>
       <c r="L14" s="4" t="s">
         <v>87</v>
       </c>
       <c r="M14" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N14" s="4" t="s">
         <v>40</v>
       </c>
       <c r="O14" s="4" t="s">
         <v>78</v>
       </c>
       <c r="P14" s="4">
         <v>43.06</v>
       </c>
       <c r="Q14" s="4">
-        <v>40.49</v>
+        <v>0</v>
       </c>
       <c r="R14" s="4">
-        <v>94.02</v>
+        <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
@@ -2091,54 +2091,54 @@
         <v>88</v>
       </c>
       <c r="I15" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J15" s="13"/>
       <c r="K15" s="4" t="s">
         <v>89</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>90</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>91</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="P15" s="4">
         <v>4.87</v>
       </c>
       <c r="Q15" s="4">
-        <v>4.87</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>27</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -2494,54 +2494,54 @@
       <c r="I22" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>117</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>118</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>119</v>
       </c>
       <c r="P22" s="4">
         <v>98.79</v>
       </c>
       <c r="Q22" s="4">
-        <v>80.1</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>81.08</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>30</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="3">
         <v>21</v>
       </c>
       <c r="B23" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="3"/>
       <c r="D23" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F23" s="3" t="s">
         <v>23</v>
@@ -2555,54 +2555,54 @@
       <c r="I23" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J23" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K23" s="4" t="s">
         <v>121</v>
       </c>
       <c r="L23" s="4" t="s">
         <v>122</v>
       </c>
       <c r="M23" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N23" s="4" t="s">
         <v>123</v>
       </c>
       <c r="O23" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P23" s="4">
         <v>50.44</v>
       </c>
       <c r="Q23" s="4">
-        <v>38.98</v>
+        <v>0</v>
       </c>
       <c r="R23" s="4">
-        <v>77.29</v>
+        <v>0</v>
       </c>
       <c r="S23" s="4">
         <v>52</v>
       </c>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" s="3">
         <v>22</v>
       </c>
       <c r="B24" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="3"/>
       <c r="D24" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F24" s="3" t="s">
         <v>23</v>
@@ -2616,54 +2616,54 @@
       <c r="I24" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J24" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K24" s="4" t="s">
         <v>125</v>
       </c>
       <c r="L24" s="4" t="s">
         <v>126</v>
       </c>
       <c r="M24" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N24" s="4" t="s">
         <v>50</v>
       </c>
       <c r="O24" s="4" t="s">
         <v>127</v>
       </c>
       <c r="P24" s="4">
         <v>99.77</v>
       </c>
       <c r="Q24" s="4">
-        <v>76.96</v>
+        <v>0</v>
       </c>
       <c r="R24" s="4">
-        <v>77.14</v>
+        <v>0</v>
       </c>
       <c r="S24" s="4">
         <v>15</v>
       </c>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" s="3">
         <v>23</v>
       </c>
       <c r="B25" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="3"/>
       <c r="D25" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="3" t="s">
         <v>23</v>
@@ -2677,54 +2677,54 @@
       <c r="I25" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J25" s="13" t="s">
         <v>129</v>
       </c>
       <c r="K25" s="4" t="s">
         <v>130</v>
       </c>
       <c r="L25" s="4" t="s">
         <v>131</v>
       </c>
       <c r="M25" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N25" s="4" t="s">
         <v>132</v>
       </c>
       <c r="O25" s="4" t="s">
         <v>46</v>
       </c>
       <c r="P25" s="4">
         <v>99.93</v>
       </c>
       <c r="Q25" s="4">
-        <v>69.73</v>
+        <v>0</v>
       </c>
       <c r="R25" s="4">
-        <v>69.78</v>
+        <v>0</v>
       </c>
       <c r="S25" s="4">
         <v>85</v>
       </c>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="3"/>
       <c r="D26" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="3" t="s">
         <v>23</v>
@@ -2738,54 +2738,54 @@
       <c r="I26" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J26" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K26" s="4" t="s">
         <v>134</v>
       </c>
       <c r="L26" s="4" t="s">
         <v>135</v>
       </c>
       <c r="M26" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N26" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O26" s="4" t="s">
         <v>136</v>
       </c>
       <c r="P26" s="4">
         <v>87.56</v>
       </c>
       <c r="Q26" s="4">
-        <v>53.26</v>
+        <v>0</v>
       </c>
       <c r="R26" s="4">
-        <v>60.83</v>
+        <v>0</v>
       </c>
       <c r="S26" s="4">
         <v>28</v>
       </c>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="3"/>
       <c r="D27" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E27" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F27" s="3" t="s">
         <v>23</v>
@@ -2799,54 +2799,54 @@
       <c r="I27" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J27" s="13" t="s">
         <v>138</v>
       </c>
       <c r="K27" s="4" t="s">
         <v>139</v>
       </c>
       <c r="L27" s="4" t="s">
         <v>140</v>
       </c>
       <c r="M27" s="4" t="s">
         <v>141</v>
       </c>
       <c r="N27" s="4" t="s">
         <v>142</v>
       </c>
       <c r="O27" s="4" t="s">
         <v>143</v>
       </c>
       <c r="P27" s="4">
         <v>4.8</v>
       </c>
       <c r="Q27" s="4">
-        <v>4.58</v>
+        <v>0</v>
       </c>
       <c r="R27" s="4">
-        <v>95.42</v>
+        <v>0</v>
       </c>
       <c r="S27" s="4">
         <v>100</v>
       </c>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C28" s="3"/>
       <c r="D28" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F28" s="3" t="s">
         <v>23</v>
@@ -2921,54 +2921,54 @@
       <c r="I29" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J29" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K29" s="4" t="s">
         <v>152</v>
       </c>
       <c r="L29" s="4" t="s">
         <v>153</v>
       </c>
       <c r="M29" s="4" t="s">
         <v>154</v>
       </c>
       <c r="N29" s="4" t="s">
         <v>155</v>
       </c>
       <c r="O29" s="4" t="s">
         <v>156</v>
       </c>
       <c r="P29" s="4">
         <v>22.86</v>
       </c>
       <c r="Q29" s="4">
-        <v>20.21</v>
+        <v>0</v>
       </c>
       <c r="R29" s="4">
-        <v>88.4</v>
+        <v>0</v>
       </c>
       <c r="S29" s="4">
         <v>70</v>
       </c>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="3"/>
       <c r="D30" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F30" s="3" t="s">
         <v>23</v>
@@ -2982,54 +2982,54 @@
       <c r="I30" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J30" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K30" s="4" t="s">
         <v>158</v>
       </c>
       <c r="L30" s="4" t="s">
         <v>159</v>
       </c>
       <c r="M30" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N30" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O30" s="4" t="s">
         <v>119</v>
       </c>
       <c r="P30" s="4">
         <v>57.61</v>
       </c>
       <c r="Q30" s="4">
-        <v>38.03</v>
+        <v>0</v>
       </c>
       <c r="R30" s="4">
-        <v>66.01</v>
+        <v>0</v>
       </c>
       <c r="S30" s="4">
         <v>35</v>
       </c>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="3"/>
       <c r="D31" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F31" s="3" t="s">
         <v>23</v>
@@ -3043,54 +3043,54 @@
       <c r="I31" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J31" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K31" s="4" t="s">
         <v>161</v>
       </c>
       <c r="L31" s="4" t="s">
         <v>162</v>
       </c>
       <c r="M31" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N31" s="4" t="s">
         <v>45</v>
       </c>
       <c r="O31" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P31" s="4">
         <v>55.36</v>
       </c>
       <c r="Q31" s="4">
-        <v>45.63</v>
+        <v>0</v>
       </c>
       <c r="R31" s="4">
-        <v>82.43</v>
+        <v>0</v>
       </c>
       <c r="S31" s="4">
         <v>51</v>
       </c>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="3"/>
       <c r="D32" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F32" s="3" t="s">
         <v>23</v>
@@ -3104,54 +3104,54 @@
       <c r="I32" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J32" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K32" s="4" t="s">
         <v>164</v>
       </c>
       <c r="L32" s="4" t="s">
         <v>165</v>
       </c>
       <c r="M32" s="4" t="s">
         <v>166</v>
       </c>
       <c r="N32" s="4" t="s">
         <v>167</v>
       </c>
       <c r="O32" s="4" t="s">
         <v>168</v>
       </c>
       <c r="P32" s="4">
         <v>22.85</v>
       </c>
       <c r="Q32" s="4">
-        <v>22.54</v>
+        <v>0</v>
       </c>
       <c r="R32" s="4">
-        <v>98.64</v>
+        <v>0</v>
       </c>
       <c r="S32" s="4">
         <v>100</v>
       </c>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="3"/>
       <c r="D33" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F33" s="3" t="s">
         <v>23</v>
@@ -3450,54 +3450,54 @@
       <c r="I38" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J38" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K38" s="4" t="s">
         <v>190</v>
       </c>
       <c r="L38" s="4" t="s">
         <v>191</v>
       </c>
       <c r="M38" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N38" s="4" t="s">
         <v>123</v>
       </c>
       <c r="O38" s="4" t="s">
         <v>60</v>
       </c>
       <c r="P38" s="4">
         <v>46.09</v>
       </c>
       <c r="Q38" s="4">
-        <v>27.06</v>
+        <v>0</v>
       </c>
       <c r="R38" s="4">
-        <v>58.71</v>
+        <v>0</v>
       </c>
       <c r="S38" s="4">
         <v>98</v>
       </c>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="3"/>
       <c r="D39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F39" s="3" t="s">
         <v>23</v>
@@ -3572,54 +3572,54 @@
       <c r="I40" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J40" s="13" t="s">
         <v>138</v>
       </c>
       <c r="K40" s="4" t="s">
         <v>198</v>
       </c>
       <c r="L40" s="4" t="s">
         <v>199</v>
       </c>
       <c r="M40" s="4" t="s">
         <v>200</v>
       </c>
       <c r="N40" s="4" t="s">
         <v>201</v>
       </c>
       <c r="O40" s="4" t="s">
         <v>202</v>
       </c>
       <c r="P40" s="4">
         <v>4.8</v>
       </c>
       <c r="Q40" s="4">
-        <v>3.54</v>
+        <v>0</v>
       </c>
       <c r="R40" s="4">
-        <v>73.82</v>
+        <v>0</v>
       </c>
       <c r="S40" s="4">
         <v>0</v>
       </c>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
     </row>
     <row r="41" spans="1:23">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F41" s="3" t="s">
         <v>23</v>
@@ -3694,54 +3694,54 @@
       <c r="I42" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J42" s="13" t="s">
         <v>129</v>
       </c>
       <c r="K42" s="4" t="s">
         <v>210</v>
       </c>
       <c r="L42" s="4" t="s">
         <v>211</v>
       </c>
       <c r="M42" s="4" t="s">
         <v>212</v>
       </c>
       <c r="N42" s="4" t="s">
         <v>213</v>
       </c>
       <c r="O42" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P42" s="4">
         <v>49.29</v>
       </c>
       <c r="Q42" s="4">
-        <v>4.78</v>
+        <v>0</v>
       </c>
       <c r="R42" s="4">
-        <v>9.69</v>
+        <v>0</v>
       </c>
       <c r="S42" s="4">
         <v>60</v>
       </c>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="3"/>
       <c r="D43" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="3" t="s">
         <v>23</v>
@@ -3999,54 +3999,54 @@
       <c r="I47" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J47" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K47" s="4" t="s">
         <v>242</v>
       </c>
       <c r="L47" s="4" t="s">
         <v>243</v>
       </c>
       <c r="M47" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N47" s="4" t="s">
         <v>244</v>
       </c>
       <c r="O47" s="4" t="s">
         <v>245</v>
       </c>
       <c r="P47" s="4">
         <v>45.88</v>
       </c>
       <c r="Q47" s="4">
-        <v>38.27</v>
+        <v>0</v>
       </c>
       <c r="R47" s="4">
-        <v>83.42</v>
+        <v>0</v>
       </c>
       <c r="S47" s="4">
         <v>61</v>
       </c>
       <c r="T47" s="1"/>
       <c r="U47" s="1"/>
       <c r="V47" s="1"/>
       <c r="W47" s="1"/>
     </row>
     <row r="48" spans="1:23">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="3" t="s">
         <v>23</v>
@@ -4060,88 +4060,88 @@
       <c r="I48" s="13" t="s">
         <v>26</v>
       </c>
       <c r="J48" s="13" t="s">
         <v>27</v>
       </c>
       <c r="K48" s="4" t="s">
         <v>247</v>
       </c>
       <c r="L48" s="4" t="s">
         <v>248</v>
       </c>
       <c r="M48" s="4" t="s">
         <v>249</v>
       </c>
       <c r="N48" s="4" t="s">
         <v>250</v>
       </c>
       <c r="O48" s="4" t="s">
         <v>251</v>
       </c>
       <c r="P48" s="4">
         <v>22.84</v>
       </c>
       <c r="Q48" s="4">
-        <v>19.58</v>
+        <v>0</v>
       </c>
       <c r="R48" s="4">
-        <v>85.74</v>
+        <v>0</v>
       </c>
       <c r="S48" s="4">
         <v>100</v>
       </c>
       <c r="T48" s="1"/>
       <c r="U48" s="1"/>
       <c r="V48" s="1"/>
       <c r="W48" s="1"/>
     </row>
     <row r="49" spans="1:23">
       <c r="A49" s="7" t="s">
         <v>252</v>
       </c>
       <c r="B49" s="7"/>
       <c r="C49" s="7"/>
       <c r="D49" s="7"/>
       <c r="E49" s="11"/>
       <c r="F49" s="7"/>
       <c r="G49" s="7"/>
       <c r="H49" s="14"/>
       <c r="I49" s="14"/>
       <c r="J49" s="14"/>
       <c r="K49" s="8"/>
       <c r="L49" s="8"/>
       <c r="M49" s="8"/>
       <c r="N49" s="8"/>
       <c r="O49" s="8">
         <v>1880.71</v>
       </c>
       <c r="P49" s="8">
-        <v>971.21</v>
+        <v>0</v>
       </c>
       <c r="Q49" s="8">
-        <v>51.64</v>
+        <v>0</v>
       </c>
       <c r="R49" s="8"/>
       <c r="S49" s="8"/>
       <c r="T49" s="1"/>
       <c r="U49" s="1"/>
       <c r="V49" s="1"/>
       <c r="W49" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A49:N49"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>