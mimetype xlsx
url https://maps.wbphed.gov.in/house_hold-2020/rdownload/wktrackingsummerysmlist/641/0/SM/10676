--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Work Order tracking" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>Work Order tracking (Rs. in Lakh)</t>
   </si>
   <si>
     <t>Sl No.</t>
   </si>
   <si>
     <t>District</t>
   </si>
   <si>
     <t>Block</t>
   </si>
   <si>
     <t>Division</t>
   </si>
   <si>
     <t>Scheme</t>
   </si>
   <si>
     <t>Sm Code</t>
   </si>
   <si>
     <t>Scheme Category</t>
   </si>
   <si>
@@ -216,50 +216,56 @@
     <t>Supplying and Laying of Water supply line (using HDD/micro tunneling machine) for supply of drinking water in different areas of Alipurduar district under Alipurduar Division PHE Dte.</t>
   </si>
   <si>
     <t>Birpara A.E,HQ-A.E</t>
   </si>
   <si>
     <t>RWS Falakata Block,RWS Kumargram Block</t>
   </si>
   <si>
     <t>ORD/000464/2024-2025</t>
   </si>
   <si>
     <t>5287/ALD</t>
   </si>
   <si>
     <t>07/03/2025</t>
   </si>
   <si>
     <t>02/11/2025</t>
   </si>
   <si>
     <t>APEX ENGINEERING</t>
   </si>
   <si>
     <t>Reparing of Pump House at HEADWORK site of TAPSHIKHATA PWSS Under Alipurduar Division PHE DTE.</t>
+  </si>
+  <si>
+    <t>HQ-A.E</t>
+  </si>
+  <si>
+    <t>JUNIOR ENGINEER</t>
   </si>
   <si>
     <t>ORD/000577/2024-2025</t>
   </si>
   <si>
     <t>5391/ALD</t>
   </si>
   <si>
     <t>17/03/2025</t>
   </si>
   <si>
     <t>16/05/2025</t>
   </si>
   <si>
     <t>CHANDAN DAS</t>
   </si>
   <si>
     <t>Reparing of Pump House at 2nd TW site of TAPSHIKHATA PWSS Under Alipurduar Division PHE DTE.</t>
   </si>
   <si>
     <t>ORD/000572/2024-2025</t>
   </si>
   <si>
     <t>5386/ALD</t>
   </si>
@@ -896,54 +902,54 @@
       <c r="I4" s="13" t="s">
         <v>34</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>35</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>39</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>40</v>
       </c>
       <c r="P4" s="4">
         <v>5.02</v>
       </c>
       <c r="Q4" s="4">
-        <v>5.02</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>99.99</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>52</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1071,54 +1077,54 @@
       <c r="I7" s="13" t="s">
         <v>52</v>
       </c>
       <c r="J7" s="13" t="s">
         <v>53</v>
       </c>
       <c r="K7" s="4" t="s">
         <v>54</v>
       </c>
       <c r="L7" s="4" t="s">
         <v>55</v>
       </c>
       <c r="M7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="N7" s="4" t="s">
         <v>57</v>
       </c>
       <c r="O7" s="4" t="s">
         <v>58</v>
       </c>
       <c r="P7" s="4">
         <v>43.25</v>
       </c>
       <c r="Q7" s="4">
-        <v>26.98</v>
+        <v>0</v>
       </c>
       <c r="R7" s="4">
-        <v>62.38</v>
+        <v>0</v>
       </c>
       <c r="S7" s="4">
         <v>10</v>
       </c>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
       <c r="V7" s="1"/>
       <c r="W7" s="1"/>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" s="3">
         <v>6</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="3"/>
       <c r="D8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F8" s="3" t="s">
         <v>23</v>
@@ -1168,166 +1174,174 @@
       <c r="W8" s="1"/>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" s="3">
         <v>7</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="3"/>
       <c r="D9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H9" s="13" t="s">
         <v>67</v>
       </c>
-      <c r="I9" s="13"/>
-      <c r="J9" s="13"/>
+      <c r="I9" s="13" t="s">
+        <v>68</v>
+      </c>
+      <c r="J9" s="13" t="s">
+        <v>69</v>
+      </c>
       <c r="K9" s="4" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="L9" s="4" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="M9" s="4" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="N9" s="4" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="O9" s="4" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="P9" s="4">
         <v>0.94</v>
       </c>
       <c r="Q9" s="4">
         <v>0</v>
       </c>
       <c r="R9" s="4">
         <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>0</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G10" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H10" s="13" t="s">
+        <v>75</v>
+      </c>
+      <c r="I10" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="J10" s="13" t="s">
+        <v>69</v>
+      </c>
+      <c r="K10" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="L10" s="4" t="s">
+        <v>77</v>
+      </c>
+      <c r="M10" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="N10" s="4" t="s">
         <v>73</v>
       </c>
-      <c r="I10" s="13"/>
-[...1 lines deleted...]
-      <c r="K10" s="4" t="s">
+      <c r="O10" s="4" t="s">
         <v>74</v>
-      </c>
-[...10 lines deleted...]
-        <v>72</v>
       </c>
       <c r="P10" s="4">
         <v>0.78</v>
       </c>
       <c r="Q10" s="4">
         <v>0</v>
       </c>
       <c r="R10" s="4">
         <v>0</v>
       </c>
       <c r="S10" s="4">
         <v>0</v>
       </c>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" s="7" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B11" s="7"/>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="11"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="14"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
       <c r="M11" s="8"/>
       <c r="N11" s="8"/>
       <c r="O11" s="8">
         <v>197.23</v>
       </c>
       <c r="P11" s="8">
-        <v>32</v>
+        <v>0</v>
       </c>
       <c r="Q11" s="8">
-        <v>16.22</v>
+        <v>0</v>
       </c>
       <c r="R11" s="8"/>
       <c r="S11" s="8"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A11:N11"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>