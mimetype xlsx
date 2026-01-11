--- v0 (2025-12-14)
+++ v1 (2026-01-11)
@@ -242,74 +242,50 @@
   <si>
     <t>DILIP MAHATO</t>
   </si>
   <si>
     <t>Construction of Pump House, Boundary Wall, Tube well Boring by Reverse Rotary Method of drilling including Rising Main at 4th site for SALKUMARHAT PWSS Under Alipurduar Division PHE DTE</t>
   </si>
   <si>
     <t>Alipurduar Sadar Sub Division</t>
   </si>
   <si>
     <t>ORD/000067/2022-2023</t>
   </si>
   <si>
     <t>339/ALD</t>
   </si>
   <si>
     <t>02/05/2022</t>
   </si>
   <si>
     <t>06/01/2025</t>
   </si>
   <si>
     <t>SHYAMAL ROY</t>
   </si>
   <si>
-    <t>Hiring of Diesel Vehicle Maxi Cab(At least 7 seater ) for Assistant Engineer, Head Quarter, Alipurduar Division, P.H.E. Dte. (from 01.04.2025 to 31.03.2026)</t>
-[...22 lines deleted...]
-  <si>
     <t>Supplying and Laying of Water supply line (using HDD/micro tunneling machine) for supply of drinking water in different areas of Alipurduar district under Alipurduar Division PHE Dte.</t>
   </si>
   <si>
     <t>Birpara A.E,HQ-A.E</t>
   </si>
   <si>
     <t>RWS Falakata Block,RWS Kumargram Block</t>
   </si>
   <si>
     <t>ORD/000464/2024-2025</t>
   </si>
   <si>
     <t>5287/ALD</t>
   </si>
   <si>
     <t>07/03/2025</t>
   </si>
   <si>
     <t>02/11/2025</t>
   </si>
   <si>
     <t>APEX ENGINEERING</t>
   </si>
   <si>
     <t>Laying of pipeline distribution system (Parallel and left out Area) and other allied works at Salkumarhat PWSS within APD-I Block under Alipurduar Division, PHE Dte.</t>
@@ -411,50 +387,74 @@
     <t>13/08/2025</t>
   </si>
   <si>
     <t>12/10/2025</t>
   </si>
   <si>
     <t>ANIRBAN DEY SARKAR CONSTRUCTION</t>
   </si>
   <si>
     <t>Construction of Pump House, Boundary Wall, Tube well Boring by Reverse Rotary Method of drilling including Rising Main at 3rd site for SALKUMARHAT PWSS Under Alipurduar Division PHE DTE.</t>
   </si>
   <si>
     <t>Alipurduar RWS,Alipurduar Sadar Sub Division</t>
   </si>
   <si>
     <t>ORD/000066/2022-2023</t>
   </si>
   <si>
     <t>338/ALD</t>
   </si>
   <si>
     <t>01/10/2024</t>
   </si>
   <si>
     <t>SUBRATA DAS</t>
+  </si>
+  <si>
+    <t>Supply, delivery, installation, commissioning and Trial run of electro mechanical component along with Cu wound line voltage corrector for Augmentation of Salkumarhat Water Supply Scheme TW No.-I and II under NMD-II,PHE.Dte,Apd.</t>
+  </si>
+  <si>
+    <t>Assistant Engineer,Alipurduar Mechanical Sub-Division,P</t>
+  </si>
+  <si>
+    <t>Junior Engineer 2,Alipurduar Mechanical sub-division,PH</t>
+  </si>
+  <si>
+    <t>ORD/000728/2023-2024</t>
+  </si>
+  <si>
+    <t>2299/NMD-II</t>
+  </si>
+  <si>
+    <t>31/07/2023</t>
+  </si>
+  <si>
+    <t>30/08/2023</t>
+  </si>
+  <si>
+    <t>MADHAB SAHA</t>
   </si>
   <si>
     <t>Total</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1532,571 +1532,571 @@
       <c r="H12" s="13" t="s">
         <v>76</v>
       </c>
       <c r="I12" s="13" t="s">
         <v>77</v>
       </c>
       <c r="J12" s="13" t="s">
         <v>78</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>79</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>80</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>81</v>
       </c>
       <c r="N12" s="4" t="s">
         <v>82</v>
       </c>
       <c r="O12" s="4" t="s">
         <v>83</v>
       </c>
       <c r="P12" s="4">
-        <v>4.8</v>
+        <v>74.36</v>
       </c>
       <c r="Q12" s="4">
         <v>0</v>
       </c>
       <c r="R12" s="4">
         <v>0</v>
       </c>
       <c r="S12" s="4">
-        <v>0</v>
+        <v>65</v>
       </c>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" s="3">
         <v>11</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="3"/>
       <c r="D13" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F13" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G13" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H13" s="13" t="s">
         <v>84</v>
       </c>
       <c r="I13" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="J13" s="13" t="s">
         <v>85</v>
       </c>
-      <c r="J13" s="13" t="s">
+      <c r="K13" s="4" t="s">
         <v>86</v>
       </c>
-      <c r="K13" s="4" t="s">
+      <c r="L13" s="4" t="s">
         <v>87</v>
       </c>
-      <c r="L13" s="4" t="s">
+      <c r="M13" s="4" t="s">
         <v>88</v>
       </c>
-      <c r="M13" s="4" t="s">
+      <c r="N13" s="4" t="s">
         <v>89</v>
       </c>
-      <c r="N13" s="4" t="s">
+      <c r="O13" s="4" t="s">
         <v>90</v>
       </c>
-      <c r="O13" s="4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P13" s="4">
-        <v>74.36</v>
+        <v>53.57</v>
       </c>
       <c r="Q13" s="4">
         <v>0</v>
       </c>
       <c r="R13" s="4">
         <v>0</v>
       </c>
       <c r="S13" s="4">
-        <v>65</v>
+        <v>0</v>
       </c>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" s="3">
         <v>12</v>
       </c>
       <c r="B14" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="3"/>
       <c r="D14" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E14" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F14" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G14" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H14" s="13" t="s">
+        <v>91</v>
+      </c>
+      <c r="I14" s="13"/>
+      <c r="J14" s="13"/>
+      <c r="K14" s="4" t="s">
         <v>92</v>
       </c>
-      <c r="I14" s="13" t="s">
-[...2 lines deleted...]
-      <c r="J14" s="13" t="s">
+      <c r="L14" s="4" t="s">
         <v>93</v>
       </c>
-      <c r="K14" s="4" t="s">
+      <c r="M14" s="4" t="s">
         <v>94</v>
       </c>
-      <c r="L14" s="4" t="s">
+      <c r="N14" s="4" t="s">
         <v>95</v>
       </c>
-      <c r="M14" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O14" s="4" t="s">
-        <v>98</v>
+        <v>48</v>
       </c>
       <c r="P14" s="4">
-        <v>53.57</v>
+        <v>0.79</v>
       </c>
       <c r="Q14" s="4">
         <v>0</v>
       </c>
       <c r="R14" s="4">
         <v>0</v>
       </c>
       <c r="S14" s="4">
         <v>0</v>
       </c>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" s="3">
         <v>13</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="3"/>
       <c r="D15" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F15" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G15" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H15" s="13" t="s">
+        <v>96</v>
+      </c>
+      <c r="I15" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="J15" s="13" t="s">
+        <v>97</v>
+      </c>
+      <c r="K15" s="4" t="s">
+        <v>98</v>
+      </c>
+      <c r="L15" s="4" t="s">
         <v>99</v>
       </c>
-      <c r="I15" s="13"/>
-[...1 lines deleted...]
-      <c r="K15" s="4" t="s">
+      <c r="M15" s="4" t="s">
         <v>100</v>
       </c>
-      <c r="L15" s="4" t="s">
+      <c r="N15" s="4" t="s">
         <v>101</v>
       </c>
-      <c r="M15" s="4" t="s">
+      <c r="O15" s="4" t="s">
         <v>102</v>
       </c>
-      <c r="N15" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P15" s="4">
-        <v>0.79</v>
+        <v>26.37</v>
       </c>
       <c r="Q15" s="4">
         <v>0</v>
       </c>
       <c r="R15" s="4">
         <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>0</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G16" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H16" s="13" t="s">
+        <v>103</v>
+      </c>
+      <c r="I16" s="13"/>
+      <c r="J16" s="13"/>
+      <c r="K16" s="4" t="s">
         <v>104</v>
       </c>
-      <c r="I16" s="13" t="s">
-[...2 lines deleted...]
-      <c r="J16" s="13" t="s">
+      <c r="L16" s="4" t="s">
         <v>105</v>
       </c>
-      <c r="K16" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M16" s="4" t="s">
-        <v>108</v>
+        <v>94</v>
       </c>
       <c r="N16" s="4" t="s">
-        <v>109</v>
+        <v>95</v>
       </c>
       <c r="O16" s="4" t="s">
-        <v>110</v>
+        <v>48</v>
       </c>
       <c r="P16" s="4">
-        <v>26.37</v>
+        <v>0.94</v>
       </c>
       <c r="Q16" s="4">
         <v>0</v>
       </c>
       <c r="R16" s="4">
         <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>0</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G17" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H17" s="13" t="s">
+        <v>106</v>
+      </c>
+      <c r="I17" s="13" t="s">
+        <v>35</v>
+      </c>
+      <c r="J17" s="13" t="s">
+        <v>107</v>
+      </c>
+      <c r="K17" s="4" t="s">
+        <v>108</v>
+      </c>
+      <c r="L17" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="M17" s="4" t="s">
+        <v>110</v>
+      </c>
+      <c r="N17" s="4" t="s">
         <v>111</v>
       </c>
-      <c r="I17" s="13"/>
-[...1 lines deleted...]
-      <c r="K17" s="4" t="s">
+      <c r="O17" s="4" t="s">
         <v>112</v>
       </c>
-      <c r="L17" s="4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="P17" s="4">
-        <v>0.94</v>
+        <v>3.04</v>
       </c>
       <c r="Q17" s="4">
         <v>0</v>
       </c>
       <c r="R17" s="4">
         <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>0</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G18" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H18" s="13" t="s">
+        <v>113</v>
+      </c>
+      <c r="I18" s="13" t="s">
+        <v>43</v>
+      </c>
+      <c r="J18" s="13" t="s">
+        <v>97</v>
+      </c>
+      <c r="K18" s="4" t="s">
         <v>114</v>
       </c>
-      <c r="I18" s="13" t="s">
-[...2 lines deleted...]
-      <c r="J18" s="13" t="s">
+      <c r="L18" s="4" t="s">
         <v>115</v>
       </c>
-      <c r="K18" s="4" t="s">
+      <c r="M18" s="4" t="s">
         <v>116</v>
       </c>
-      <c r="L18" s="4" t="s">
+      <c r="N18" s="4" t="s">
         <v>117</v>
       </c>
-      <c r="M18" s="4" t="s">
+      <c r="O18" s="4" t="s">
         <v>118</v>
       </c>
-      <c r="N18" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P18" s="4">
-        <v>3.04</v>
+        <v>2.31</v>
       </c>
       <c r="Q18" s="4">
         <v>0</v>
       </c>
       <c r="R18" s="4">
         <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>0</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G19" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H19" s="13" t="s">
+        <v>119</v>
+      </c>
+      <c r="I19" s="13" t="s">
+        <v>120</v>
+      </c>
+      <c r="J19" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="K19" s="4" t="s">
         <v>121</v>
       </c>
-      <c r="I19" s="13" t="s">
-[...5 lines deleted...]
-      <c r="K19" s="4" t="s">
+      <c r="L19" s="4" t="s">
         <v>122</v>
       </c>
-      <c r="L19" s="4" t="s">
+      <c r="M19" s="4" t="s">
+        <v>73</v>
+      </c>
+      <c r="N19" s="4" t="s">
         <v>123</v>
       </c>
-      <c r="M19" s="4" t="s">
+      <c r="O19" s="4" t="s">
         <v>124</v>
       </c>
-      <c r="N19" s="4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P19" s="4">
-        <v>2.31</v>
+        <v>24.16</v>
       </c>
       <c r="Q19" s="4">
-        <v>0</v>
+        <v>22.94</v>
       </c>
       <c r="R19" s="4">
-        <v>0</v>
+        <v>94.96</v>
       </c>
       <c r="S19" s="4">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
       </c>
       <c r="G20" s="3" t="s">
         <v>24</v>
       </c>
       <c r="H20" s="13" t="s">
+        <v>125</v>
+      </c>
+      <c r="I20" s="13" t="s">
+        <v>126</v>
+      </c>
+      <c r="J20" s="13" t="s">
         <v>127</v>
       </c>
-      <c r="I20" s="13" t="s">
+      <c r="K20" s="4" t="s">
         <v>128</v>
       </c>
-      <c r="J20" s="13" t="s">
-[...2 lines deleted...]
-      <c r="K20" s="4" t="s">
+      <c r="L20" s="4" t="s">
         <v>129</v>
       </c>
-      <c r="L20" s="4" t="s">
+      <c r="M20" s="4" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>131</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>132</v>
       </c>
       <c r="P20" s="4">
-        <v>24.16</v>
+        <v>20.89</v>
       </c>
       <c r="Q20" s="4">
-        <v>22.94</v>
+        <v>19.51</v>
       </c>
       <c r="R20" s="4">
-        <v>94.96</v>
+        <v>93.37</v>
       </c>
       <c r="S20" s="4">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="7" t="s">
         <v>133</v>
       </c>
       <c r="B21" s="7"/>
       <c r="C21" s="7"/>
       <c r="D21" s="7"/>
       <c r="E21" s="11"/>
       <c r="F21" s="7"/>
       <c r="G21" s="7"/>
       <c r="H21" s="14"/>
       <c r="I21" s="14"/>
       <c r="J21" s="14"/>
       <c r="K21" s="8"/>
       <c r="L21" s="8"/>
       <c r="M21" s="8"/>
       <c r="N21" s="8"/>
       <c r="O21" s="8">
-        <v>316.87</v>
+        <v>332.96</v>
       </c>
       <c r="P21" s="8">
-        <v>51.51</v>
+        <v>71.02</v>
       </c>
       <c r="Q21" s="8">
-        <v>16.26</v>
+        <v>21.33</v>
       </c>
       <c r="R21" s="8"/>
       <c r="S21" s="8"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A21:N21"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>