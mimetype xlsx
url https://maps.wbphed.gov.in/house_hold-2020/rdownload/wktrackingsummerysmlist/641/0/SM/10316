--- v1 (2026-01-11)
+++ v2 (2026-03-03)
@@ -1118,54 +1118,54 @@
       <c r="I5" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>37</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>38</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>39</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="P5" s="4">
         <v>25.25</v>
       </c>
       <c r="Q5" s="4">
-        <v>4.65</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>18.43</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>9</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1352,54 +1352,54 @@
       <c r="I9" s="13" t="s">
         <v>35</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>57</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>58</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>59</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>60</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>61</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>48</v>
       </c>
       <c r="P9" s="4">
         <v>18.46</v>
       </c>
       <c r="Q9" s="4">
-        <v>14.21</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>76.99</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>5</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1474,54 +1474,54 @@
       <c r="I11" s="13" t="s">
         <v>70</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>71</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="P11" s="4">
         <v>24.17</v>
       </c>
       <c r="Q11" s="4">
-        <v>9.7</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>40.13</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>100</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>33</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1954,54 +1954,54 @@
       <c r="I19" s="13" t="s">
         <v>120</v>
       </c>
       <c r="J19" s="13" t="s">
         <v>36</v>
       </c>
       <c r="K19" s="4" t="s">
         <v>121</v>
       </c>
       <c r="L19" s="4" t="s">
         <v>122</v>
       </c>
       <c r="M19" s="4" t="s">
         <v>73</v>
       </c>
       <c r="N19" s="4" t="s">
         <v>123</v>
       </c>
       <c r="O19" s="4" t="s">
         <v>124</v>
       </c>
       <c r="P19" s="4">
         <v>24.16</v>
       </c>
       <c r="Q19" s="4">
-        <v>22.94</v>
+        <v>0</v>
       </c>
       <c r="R19" s="4">
-        <v>94.96</v>
+        <v>0</v>
       </c>
       <c r="S19" s="4">
         <v>8</v>
       </c>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" s="3">
         <v>18</v>
       </c>
       <c r="B20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="3"/>
       <c r="D20" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E20" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F20" s="3" t="s">
         <v>23</v>
@@ -2015,88 +2015,88 @@
       <c r="I20" s="13" t="s">
         <v>126</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>127</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>128</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>129</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>130</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>131</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>132</v>
       </c>
       <c r="P20" s="4">
         <v>20.89</v>
       </c>
       <c r="Q20" s="4">
-        <v>19.51</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>93.37</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>100</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="7" t="s">
         <v>133</v>
       </c>
       <c r="B21" s="7"/>
       <c r="C21" s="7"/>
       <c r="D21" s="7"/>
       <c r="E21" s="11"/>
       <c r="F21" s="7"/>
       <c r="G21" s="7"/>
       <c r="H21" s="14"/>
       <c r="I21" s="14"/>
       <c r="J21" s="14"/>
       <c r="K21" s="8"/>
       <c r="L21" s="8"/>
       <c r="M21" s="8"/>
       <c r="N21" s="8"/>
       <c r="O21" s="8">
         <v>332.96</v>
       </c>
       <c r="P21" s="8">
-        <v>71.02</v>
+        <v>0</v>
       </c>
       <c r="Q21" s="8">
-        <v>21.33</v>
+        <v>0</v>
       </c>
       <c r="R21" s="8"/>
       <c r="S21" s="8"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A21:N21"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>