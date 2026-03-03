--- v0 (2025-12-14)
+++ v1 (2026-03-03)
@@ -999,54 +999,54 @@
       </c>
       <c r="H3" s="13" t="s">
         <v>25</v>
       </c>
       <c r="I3" s="13"/>
       <c r="J3" s="13"/>
       <c r="K3" s="4" t="s">
         <v>26</v>
       </c>
       <c r="L3" s="4" t="s">
         <v>27</v>
       </c>
       <c r="M3" s="4" t="s">
         <v>28</v>
       </c>
       <c r="N3" s="4" t="s">
         <v>29</v>
       </c>
       <c r="O3" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P3" s="4">
         <v>4.98</v>
       </c>
       <c r="Q3" s="4">
-        <v>4.9</v>
+        <v>0</v>
       </c>
       <c r="R3" s="4">
-        <v>98.4</v>
+        <v>0</v>
       </c>
       <c r="S3" s="4">
         <v>57</v>
       </c>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" s="3">
         <v>2</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C4" s="3"/>
       <c r="D4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F4" s="3" t="s">
         <v>23</v>
@@ -1060,54 +1060,54 @@
       <c r="I4" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K4" s="4" t="s">
         <v>34</v>
       </c>
       <c r="L4" s="4" t="s">
         <v>35</v>
       </c>
       <c r="M4" s="4" t="s">
         <v>36</v>
       </c>
       <c r="N4" s="4" t="s">
         <v>37</v>
       </c>
       <c r="O4" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P4" s="4">
         <v>28.04</v>
       </c>
       <c r="Q4" s="4">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="R4" s="4">
-        <v>74.86</v>
+        <v>0</v>
       </c>
       <c r="S4" s="4">
         <v>57</v>
       </c>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
       <c r="V4" s="1"/>
       <c r="W4" s="1"/>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" s="3">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C5" s="3"/>
       <c r="D5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E5" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F5" s="3" t="s">
         <v>23</v>
@@ -1121,54 +1121,54 @@
       <c r="I5" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K5" s="4" t="s">
         <v>40</v>
       </c>
       <c r="L5" s="4" t="s">
         <v>41</v>
       </c>
       <c r="M5" s="4" t="s">
         <v>42</v>
       </c>
       <c r="N5" s="4" t="s">
         <v>43</v>
       </c>
       <c r="O5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P5" s="4">
         <v>4.95</v>
       </c>
       <c r="Q5" s="4">
-        <v>4.95</v>
+        <v>0</v>
       </c>
       <c r="R5" s="4">
-        <v>100</v>
+        <v>0</v>
       </c>
       <c r="S5" s="4">
         <v>57</v>
       </c>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" s="3">
         <v>4</v>
       </c>
       <c r="B6" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="3"/>
       <c r="D6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E6" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F6" s="3" t="s">
         <v>23</v>
@@ -1182,54 +1182,54 @@
       <c r="I6" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J6" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K6" s="4" t="s">
         <v>46</v>
       </c>
       <c r="L6" s="4" t="s">
         <v>47</v>
       </c>
       <c r="M6" s="4" t="s">
         <v>48</v>
       </c>
       <c r="N6" s="4" t="s">
         <v>49</v>
       </c>
       <c r="O6" s="4" t="s">
         <v>50</v>
       </c>
       <c r="P6" s="4">
         <v>6.99</v>
       </c>
       <c r="Q6" s="4">
-        <v>5.44</v>
+        <v>0</v>
       </c>
       <c r="R6" s="4">
-        <v>77.8</v>
+        <v>0</v>
       </c>
       <c r="S6" s="4">
         <v>57</v>
       </c>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
       <c r="V6" s="1"/>
       <c r="W6" s="1"/>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" s="3">
         <v>5</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="3"/>
       <c r="D7" s="3" t="s">
         <v>51</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3" t="s">
         <v>23</v>
@@ -1361,54 +1361,54 @@
       <c r="I9" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J9" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K9" s="4" t="s">
         <v>63</v>
       </c>
       <c r="L9" s="4" t="s">
         <v>64</v>
       </c>
       <c r="M9" s="4" t="s">
         <v>65</v>
       </c>
       <c r="N9" s="4" t="s">
         <v>66</v>
       </c>
       <c r="O9" s="4" t="s">
         <v>67</v>
       </c>
       <c r="P9" s="4">
         <v>48.63</v>
       </c>
       <c r="Q9" s="4">
-        <v>29.64</v>
+        <v>0</v>
       </c>
       <c r="R9" s="4">
-        <v>60.96</v>
+        <v>0</v>
       </c>
       <c r="S9" s="4">
         <v>78</v>
       </c>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" s="3">
         <v>8</v>
       </c>
       <c r="B10" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="3"/>
       <c r="D10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F10" s="3" t="s">
         <v>23</v>
@@ -1483,54 +1483,54 @@
       <c r="I11" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J11" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K11" s="4" t="s">
         <v>72</v>
       </c>
       <c r="L11" s="4" t="s">
         <v>73</v>
       </c>
       <c r="M11" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N11" s="4" t="s">
         <v>75</v>
       </c>
       <c r="O11" s="4" t="s">
         <v>61</v>
       </c>
       <c r="P11" s="4">
         <v>90.8</v>
       </c>
       <c r="Q11" s="4">
-        <v>77.36</v>
+        <v>0</v>
       </c>
       <c r="R11" s="4">
-        <v>85.19</v>
+        <v>0</v>
       </c>
       <c r="S11" s="4">
         <v>74</v>
       </c>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" s="3">
         <v>10</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="3"/>
       <c r="D12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E12" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F12" s="3" t="s">
         <v>23</v>
@@ -1719,54 +1719,54 @@
       <c r="I15" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J15" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K15" s="4" t="s">
         <v>92</v>
       </c>
       <c r="L15" s="4" t="s">
         <v>93</v>
       </c>
       <c r="M15" s="4" t="s">
         <v>94</v>
       </c>
       <c r="N15" s="4" t="s">
         <v>95</v>
       </c>
       <c r="O15" s="4" t="s">
         <v>70</v>
       </c>
       <c r="P15" s="4">
         <v>19.94</v>
       </c>
       <c r="Q15" s="4">
-        <v>7.66</v>
+        <v>0</v>
       </c>
       <c r="R15" s="4">
-        <v>38.4</v>
+        <v>0</v>
       </c>
       <c r="S15" s="4">
         <v>77</v>
       </c>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" s="3">
         <v>14</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="3"/>
       <c r="D16" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F16" s="3" t="s">
         <v>23</v>
@@ -1780,54 +1780,54 @@
       <c r="I16" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J16" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K16" s="4" t="s">
         <v>97</v>
       </c>
       <c r="L16" s="4" t="s">
         <v>98</v>
       </c>
       <c r="M16" s="4" t="s">
         <v>59</v>
       </c>
       <c r="N16" s="4" t="s">
         <v>60</v>
       </c>
       <c r="O16" s="4" t="s">
         <v>99</v>
       </c>
       <c r="P16" s="4">
         <v>34.38</v>
       </c>
       <c r="Q16" s="4">
-        <v>32.66</v>
+        <v>0</v>
       </c>
       <c r="R16" s="4">
-        <v>95</v>
+        <v>0</v>
       </c>
       <c r="S16" s="4">
         <v>76</v>
       </c>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" s="3">
         <v>15</v>
       </c>
       <c r="B17" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="3"/>
       <c r="D17" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="3" t="s">
         <v>23</v>
@@ -1841,54 +1841,54 @@
       <c r="I17" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J17" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K17" s="4" t="s">
         <v>101</v>
       </c>
       <c r="L17" s="4" t="s">
         <v>102</v>
       </c>
       <c r="M17" s="4" t="s">
         <v>74</v>
       </c>
       <c r="N17" s="4" t="s">
         <v>103</v>
       </c>
       <c r="O17" s="4" t="s">
         <v>38</v>
       </c>
       <c r="P17" s="4">
         <v>77.31</v>
       </c>
       <c r="Q17" s="4">
-        <v>58.71</v>
+        <v>0</v>
       </c>
       <c r="R17" s="4">
-        <v>75.94</v>
+        <v>0</v>
       </c>
       <c r="S17" s="4">
         <v>74</v>
       </c>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" s="3">
         <v>16</v>
       </c>
       <c r="B18" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="3"/>
       <c r="D18" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E18" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F18" s="3" t="s">
         <v>23</v>
@@ -1902,54 +1902,54 @@
       <c r="I18" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J18" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K18" s="4" t="s">
         <v>105</v>
       </c>
       <c r="L18" s="4" t="s">
         <v>106</v>
       </c>
       <c r="M18" s="4" t="s">
         <v>107</v>
       </c>
       <c r="N18" s="4" t="s">
         <v>108</v>
       </c>
       <c r="O18" s="4" t="s">
         <v>109</v>
       </c>
       <c r="P18" s="4">
         <v>8.6</v>
       </c>
       <c r="Q18" s="4">
-        <v>8.54</v>
+        <v>0</v>
       </c>
       <c r="R18" s="4">
-        <v>99.27</v>
+        <v>0</v>
       </c>
       <c r="S18" s="4">
         <v>100</v>
       </c>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" s="3">
         <v>17</v>
       </c>
       <c r="B19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="3"/>
       <c r="D19" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E19" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F19" s="3" t="s">
         <v>23</v>
@@ -2020,54 +2020,54 @@
       <c r="I20" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J20" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K20" s="4" t="s">
         <v>116</v>
       </c>
       <c r="L20" s="4" t="s">
         <v>117</v>
       </c>
       <c r="M20" s="4" t="s">
         <v>118</v>
       </c>
       <c r="N20" s="4" t="s">
         <v>119</v>
       </c>
       <c r="O20" s="4" t="s">
         <v>44</v>
       </c>
       <c r="P20" s="4">
         <v>46.9</v>
       </c>
       <c r="Q20" s="4">
-        <v>5.15</v>
+        <v>0</v>
       </c>
       <c r="R20" s="4">
-        <v>10.97</v>
+        <v>0</v>
       </c>
       <c r="S20" s="4">
         <v>65</v>
       </c>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" s="3">
         <v>19</v>
       </c>
       <c r="B21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="3"/>
       <c r="D21" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F21" s="3" t="s">
         <v>23</v>
@@ -2079,54 +2079,54 @@
         <v>120</v>
       </c>
       <c r="I21" s="13" t="s">
         <v>121</v>
       </c>
       <c r="J21" s="13"/>
       <c r="K21" s="4" t="s">
         <v>122</v>
       </c>
       <c r="L21" s="4" t="s">
         <v>123</v>
       </c>
       <c r="M21" s="4" t="s">
         <v>124</v>
       </c>
       <c r="N21" s="4" t="s">
         <v>125</v>
       </c>
       <c r="O21" s="4" t="s">
         <v>30</v>
       </c>
       <c r="P21" s="4">
         <v>4.8</v>
       </c>
       <c r="Q21" s="4">
-        <v>4.48</v>
+        <v>0</v>
       </c>
       <c r="R21" s="4">
-        <v>93.3</v>
+        <v>0</v>
       </c>
       <c r="S21" s="4">
         <v>100</v>
       </c>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" s="3">
         <v>20</v>
       </c>
       <c r="B22" s="3" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="3"/>
       <c r="D22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>22</v>
       </c>
       <c r="F22" s="3" t="s">
         <v>23</v>
@@ -2140,88 +2140,88 @@
       <c r="I22" s="13" t="s">
         <v>32</v>
       </c>
       <c r="J22" s="13" t="s">
         <v>33</v>
       </c>
       <c r="K22" s="4" t="s">
         <v>127</v>
       </c>
       <c r="L22" s="4" t="s">
         <v>128</v>
       </c>
       <c r="M22" s="4" t="s">
         <v>129</v>
       </c>
       <c r="N22" s="4" t="s">
         <v>130</v>
       </c>
       <c r="O22" s="4" t="s">
         <v>131</v>
       </c>
       <c r="P22" s="4">
         <v>93.92</v>
       </c>
       <c r="Q22" s="4">
-        <v>23.12</v>
+        <v>0</v>
       </c>
       <c r="R22" s="4">
-        <v>24.62</v>
+        <v>0</v>
       </c>
       <c r="S22" s="4">
         <v>100</v>
       </c>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" s="7" t="s">
         <v>132</v>
       </c>
       <c r="B23" s="7"/>
       <c r="C23" s="7"/>
       <c r="D23" s="7"/>
       <c r="E23" s="11"/>
       <c r="F23" s="7"/>
       <c r="G23" s="7"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
       <c r="J23" s="14"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
       <c r="M23" s="8"/>
       <c r="N23" s="8"/>
       <c r="O23" s="8">
         <v>627.41</v>
       </c>
       <c r="P23" s="8">
-        <v>283.59</v>
+        <v>0</v>
       </c>
       <c r="Q23" s="8">
-        <v>45.2</v>
+        <v>0</v>
       </c>
       <c r="R23" s="8"/>
       <c r="S23" s="8"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A23:N23"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>